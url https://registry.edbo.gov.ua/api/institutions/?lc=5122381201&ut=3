--- v0 (2025-11-05)
+++ v1 (2026-01-08)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Дмитрівський заклад загальної середньої освіти Кілійської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>151107</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Дмитрівський заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5122381201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Дмитрівка, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 91-А</t>