--- v0 (2025-11-02)
+++ v1 (2026-01-01)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Кілійський заклад загальної середньої освіти №1 Кілійської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>149038</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Кілійський заклад загальної середньої освіти №1</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5122310100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Кілія, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Гагарінська, 46</t>
@@ -455,51 +455,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Кілійський заклад загальної середньої освіти №2 Кілійської міської ради</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>149113</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Кілійський заклад загальної середньої освіти №2</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5122310100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Кілія, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 2</t>
@@ -794,51 +794,51 @@
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Опорний заклад освіти Кілійський заклад загальної середньої освіти №4 Кілійської міської ради</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>150169</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Опорний заклад освіти Кілійський заклад загальної середньої освіти №4</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>5122310100</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Кілія, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Вишнева, 62 А</t>