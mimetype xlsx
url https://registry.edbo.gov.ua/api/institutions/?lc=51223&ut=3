--- v0 (2025-11-03)
+++ v1 (2025-12-15)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Василівський заклад загальної середньої освіти Кілійської міської ради</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>150031</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Василівський заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5122380401</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Василівка, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 16</t>
@@ -673,51 +673,51 @@
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Дмитрівський заклад загальної середньої освіти Кілійської міської ради</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>151107</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Дмитрівський заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>5122381201</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>с. Дмитрівка, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 91-А</t>
@@ -786,51 +786,51 @@
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Кілійський заклад загальної середньої освіти №1 Кілійської міської ради</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>149038</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Кілійський заклад загальної середньої освіти №1</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>5122310100</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Кілія, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Гагарінська, 46</t>
@@ -899,51 +899,51 @@
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Кілійський заклад загальної середньої освіти №2 Кілійської міської ради</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>149113</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Кілійський заклад загальної середньої освіти №2</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>5122310100</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Кілія, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 2</t>
@@ -1238,51 +1238,51 @@
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Опорний заклад освіти Кілійський заклад загальної середньої освіти №4 Кілійської міської ради</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>150169</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>Опорний заклад освіти Кілійський заклад загальної середньої освіти №4</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>5122310100</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Кілія, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Вишнева, 62 А</t>
@@ -1464,51 +1464,51 @@
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Лісківський заклад загальної середньої освіти Кілійської міської ради</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>149840</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>Лісківський заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>5122381901</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>с. Ліски, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
           <t>провулок Шкільний, 4</t>
@@ -1577,51 +1577,51 @@
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Новоселівський заклад загальної середньої освіти Кілійської міської ради</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>151313</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>Новоселівський заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>5122382601</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>с. Новоселівка, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 16</t>
@@ -1639,51 +1639,51 @@
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти та молодіжної політики Кілійської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(04843)35240</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>novosselivka.school@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
           <t>https://novosselivka-school.e-schools.info/m/library/category/20714</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Одінцова Марія Дмитрівна</t>
+          <t>Директор Терзі Олександр Костянтинович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
@@ -1780,74 +1780,74 @@
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>ПРИОЗЕРНЕНСЬКИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ КАТЛАБУЗЬКОЇ СЕЛИЩНОЇ РАДИ ІЗМАЇЛЬСЬКОГО РАЙОНУ ОДЕСЬКОЇ ОБЛАСТІ</t>
+          <t>ПРИОЗЕРНЕНСЬКИЙ ЛІЦЕЙ КАТЛАБУЗЬКОЇ СЕЛИЩНОЇ РАДИ ІЗМАЇЛЬСЬКОГО РАЙОНУ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
         <v>151306</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>ПРИОЗЕРНЕНСЬКИЙ ЗЗСО</t>
+          <t>ПРИОЗЕРНЕНСЬКИЙ ЛІЦЕЙ</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>5122383401</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>с. Приозерне, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 35</t>
@@ -1893,74 +1893,74 @@
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>СТАРОТРОЯНІВСЬКИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ КАТЛАБУЗЬКОЇ СЕЛИЩНОЇ РАДИ ІЗМАЇЛЬСЬКОГО РАЙОНУ ОДЕСЬКОЇ ОБЛАСТІ</t>
+          <t>СТАРОТРОЯНІВСЬКА ГІМНАЗІЯ КАТЛАБУЗЬКОЇ СЕЛИЩНОЇ РАДИ ІЗМАЇЛЬСЬКОГО РАЙОНУ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>151082</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>СТАРОТРОЯНІВСЬКИЙ ЗЗСО</t>
+          <t>СТАРОТРОЯНІВСЬКА ГІМНАЗІЯ</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>5122383901</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>с. Старі Трояни, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 96</t>
@@ -2029,76 +2029,76 @@
       <c r="A17" s="4" t="inlineStr">
         <is>
           <t>Трудівський заклад загальної середньої освіти Кілійської міської ради</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>151074</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>Трудівський заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>5122384601</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>с. Трудове, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Павла Ушакова, 10</t>
+          <t>вулиця Ушакова Павла, 10</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA51080050080012654</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Ізмаїльський р-н, с. Трудове</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти та молодіжної політики Кілійської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(067)8011064</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
@@ -2142,51 +2142,51 @@
       <c r="A18" s="4" t="inlineStr">
         <is>
           <t>Фурманівський заклад загальної середньої освіти Кілійської міської ради</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
         <v>151308</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>Фурманівський заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>5122385101</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>с. Фурманівка, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 3</t>
@@ -2364,51 +2364,51 @@
       <c r="A20" s="4" t="inlineStr">
         <is>
           <t>Опорний заклад освіти Шевченківський заклад загальної середньої освіти №2 Кілійської міської ради</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
         <v>149064</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>Опорний заклад освіти Шевченківський заклад загальної середньої освіти №2</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>5122385901</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>с. Шевченкове, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
           <t>вулиця 8 Березня, 3</t>
@@ -2473,51 +2473,51 @@
       <c r="A21" s="4" t="inlineStr">
         <is>
           <t>Шевченківський заклад загальної середньої освіти №1 Кілійської міської ради</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
         <v>149351</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>Шевченківський заклад загальної середньої освіти №1</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>5122385901</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>с. Шевченкове, Кілійський район, Одеська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
           <t>вулиця Музики М.А., 77</t>
@@ -2535,51 +2535,51 @@
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти та молодіжної політики Кілійської міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
           <t>(04843)37-2-40</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
           <t>shevchenkivska-zosh-1@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/shevchenkivska-1</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Голубенко Вікторія Миколаївна</t>
+          <t>Директор Смирна Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
   </sheetData>