--- v0 (2025-12-19)
+++ v1 (2026-03-19)
@@ -1214,51 +1214,51 @@
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>КАЛИНІВСЬКИЙ ЛІЦЕЙ КОНОПЛЯНСЬКОЇ СІЛЬСЬКОЇ РАДИ БЕРЕЗІВСЬКОГО РАЙОНУ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>146700</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>Калинівський ліцей</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>5121881401</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>с. Калинівка, Іванівський район, Одеська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Івана Дзюби, 24</t>
@@ -1323,51 +1323,51 @@
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>КОНОПЛЯНСЬКИЙ ЛІЦЕЙ КОНОПЛЯНСЬКОЇ СІЛЬСЬКОЇ РАДИ БЕРЕЗІВСЬКОГО РАЙОНУ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>146560</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>Коноплянський ліцей</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>5121882001</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>с. Конопляне, Іванівський район, Одеська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Захисників України, 43</t>
@@ -1926,51 +1926,51 @@
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, с-ще Радісне</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Знам'янської сільської ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(04854)61493</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
           <t>ZOHRadisne@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Полянська Оксана Миколаївна</t>
+          <t>Директор Соломон Світлана Іванівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">