--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -451,51 +451,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Цебриківський ліцей Цебриківської селищної ради Роздільнянського району Одеської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>136135</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Цебриківський ліцей</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5121655500</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Цебрикове, Великомихайлівський район, Одеська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Незалежна, 2</t>