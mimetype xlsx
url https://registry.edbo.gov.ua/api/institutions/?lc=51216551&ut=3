--- v0 (2025-10-24)
+++ v1 (2025-12-18)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Великомихайлівський ліцей Великомихайлівської селищної ради Роздільнянського району Одеської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>134565</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Великомихайлівський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5121655100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Велика Михайлівка, Великомихайлівський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Старомихайлівська, 26</t>
@@ -451,51 +451,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Великомихайлівський опорний ліцей Великомихайлівської селищної ради Роздільнянського району Одеської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>134676</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Великомихайлівський опорний ліцей</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5121655100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>смт Велика Михайлівка, Великомихайлівський район, Одеська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Пушкіна, 2Е</t>