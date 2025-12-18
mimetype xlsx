--- v0 (2025-10-23)
+++ v1 (2025-12-18)
@@ -342,51 +342,51 @@
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>Кубейський ліцей з початковою школою та гімназією імені академіка Олександра Теодорова-Балана Кубейської сільської ради Болградського району Одеської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>142943</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Кубейський ліцей ім. ак. О. Теодорова-Балана</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5121487001</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Кубей, Болградський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 26</t>
@@ -455,51 +455,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>опорний заклад освіти "Кубейський ліцей з початковою школою та гімназією" Кубейської сільської ради Болградського району Одеської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>142887</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>ОЗО "Кубейський ліцей"</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5121487001</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Кубей, Болградський район, Одеська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Сатірова, 138-А</t>