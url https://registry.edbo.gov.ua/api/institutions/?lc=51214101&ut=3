--- v0 (2025-10-19)
+++ v1 (2026-02-20)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5121410100</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Болград, Болградський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>площа 28 Червня, 2</t>
+          <t>площа Данила Крижанівського, 2</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA51060030010048411</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Болградський р-н, м. Болград</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Болградської міської ради Одеської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04846)42379</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">