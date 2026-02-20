--- v0 (2025-10-30)
+++ v1 (2026-02-20)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Михайло-Олександрівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 40</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA51020030160059495</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, с. Михайло-Олександрівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)5812603</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>m.olekcandriwka@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Малахай Наталя Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">