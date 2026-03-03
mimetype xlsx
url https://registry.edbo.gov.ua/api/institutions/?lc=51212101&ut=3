--- v0 (2025-11-07)
+++ v1 (2026-03-03)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>Березівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Перемоги, 58</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA51020030010083756</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, м. Березівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04856)20343</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>zosch1berezivka@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Григораш Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
@@ -492,51 +492,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Березівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Грушевського, 6</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA51020030010083756</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, м. Березівка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(097)3882311</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>ber.school.2@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Шимко Андрій Володимирович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
@@ -601,51 +601,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Березівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця М.Грушевського, 5</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA51020030010083756</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, м. Березівка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(04856)20663</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>schoolberezovka3@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Шевченко Ілона Миколаївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
@@ -710,51 +710,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Березівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 48</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA51020030010083756</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, м. Березівка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(096)8289975</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>nvk_berezivka@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Караваєва Анастасія Іванівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">