--- v0 (2025-11-09)
+++ v1 (2026-03-12)
@@ -496,51 +496,51 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Березівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Перемоги, 58</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA51020030010083756</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, м. Березівка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(04856)20343</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>zosch1berezivka@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4"/>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Григораш Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
@@ -605,51 +605,51 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Березівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Грушевського, 6</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA51020030010083756</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, м. Березівка</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(097)3882311</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>ber.school.2@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Шимко Андрій Володимирович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
@@ -714,51 +714,51 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Березівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця М.Грушевського, 5</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA51020030010083756</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, м. Березівка</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(04856)20663</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>schoolberezovka3@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Шевченко Ілона Миколаївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
@@ -823,51 +823,51 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Березівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 48</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA51020030010083756</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, м. Березівка</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(096)8289975</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>nvk_berezivka@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Караваєва Анастасія Іванівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
@@ -1041,51 +1041,51 @@
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Вікторівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця І. Франка, 45</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA51020030030021360</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, с. Вікторівка</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(04856)95223</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>viktorovka-school@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Кружкова Катерина Анатоліївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
@@ -1150,51 +1150,51 @@
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>с. Гуляївка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
           <t>вулиця Гагаріна, 8</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA51020030040087119</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, с. Гуляївка</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(048)5698514</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>gulyaevska-zosh@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
           <t>Директор Касьяненко Олена Володимирівна</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
@@ -1259,51 +1259,51 @@
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>с. Демидове, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>провулок Шкільний, 1</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA51020030050066901</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, с. Демидове</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(04856)90553</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4"/>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>Директор Краснопьорова Світлана Іванівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
@@ -1473,51 +1473,51 @@
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>с. Златоустове, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
           <t>вулиця Лесі Українки, 1-б</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA51020030080029513</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, с. Златоустове</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(04856)94332</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>zlatoustovozosh@gmail.com</t>
         </is>
       </c>
       <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
           <t>Директор Плавницька Алла Вікторівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
@@ -1582,51 +1582,51 @@
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>с. Кудрявка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця Одеська, 25</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA51020030120013625</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, с. Кудрявка</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(068)0479939</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>luganenko.nvk@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Луганенко Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
@@ -1800,51 +1800,51 @@
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>с. Михайлівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 8</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA51020030150060008</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, с. Михайлівка</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>(068)5399212</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
           <t>yelkinaalina438@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4"/>
       <c r="T15" s="4" t="inlineStr">
         <is>
           <t>Завідувач філією Єлькіна Аліна Миколаївна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
@@ -1909,51 +1909,51 @@
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>с. Михайло-Олександрівка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 40</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA51020030160059495</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, с. Михайло-Олександрівка</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(096)5812603</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
           <t>m.olekcandriwka@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
           <t>Директор Малахай Наталя Вікторівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
@@ -2898,51 +2898,51 @@
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>с. Чорногірка, Березівський район, Одеська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 76</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA51020030250099887</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Березівський р-н, с. Чорногірка</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти, молоді, спорту та культури, охорони здоров'я та соціальної політики виконавчого комітету Березівської міської ради Одеської області</t>
+          <t>УПРАВЛІННЯ ОСВІТИ, МОЛОДІ, СПОРТУ ТА КУЛЬТУРИ ВИКОНАВЧОГО КОМІТЕТУ БЕРЕЗІВСЬКОЇ МІСЬКОЇ РАДИ ОДЕСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(097)4037542</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
           <t>chornogorska@gmail.com</t>
         </is>
       </c>
       <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
           <t>Директор Костенко Любов Анатоліївна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">