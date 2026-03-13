--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -3326,64 +3326,64 @@
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ " ХЛІБОДАРСЬКИЙ ЛІЦЕЙ" АВАНГАРДІВСЬКОЇ СЕЛИЩНОЇ РАДИ</t>
+          <t>ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ХЛІБОДАРСЬКА ГІМНАЗІЯ" АВАНГАРДІВСЬКОЇ СЕЛИЩНОЇ РАДИ</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
         <v>147203</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО" ХЛІБОДАРСЬКИЙ ЛІЦЕЙ"</t>
+          <t>ЗЗСО"ХЛІБОДАРСЬКА ГІМНАЗІЯ"</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>5121056800</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
@@ -3407,51 +3407,51 @@
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Одеський р-н, с-ще Хлібодарське</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Авангардівської селищної ради Овідіопольського району Одеської області</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
           <t>(066)6064696</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
           <t>hlebodarschool@gmail.com</t>
         </is>
       </c>
       <c r="S29" s="4"/>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткач Оксана Володимирівна</t>
+          <t>Директор Кірєєва Ганна Сергіївна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">