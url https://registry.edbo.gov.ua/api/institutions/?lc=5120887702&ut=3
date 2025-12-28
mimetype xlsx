--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -332,61 +332,61 @@
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
           <t>філія "Біленьківська гімназія" опорного закладу "Шабівський ліцей" Шабівської сільської ради Білгород-Дністровського району Одеської області,</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>138342</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>філія "Біленьківська гімназія"</t>
+          <t>філія "Біленьківська гімназія" ОЗ "Шабівський ліцей"</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5120887702</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Біленьке, Білгород-Дністровський район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Вільна, 48</t>
@@ -400,51 +400,51 @@
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Білгород-Дністровський р-н, с. Біленьке</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Шабівської сільської ради Білгород-Дністровського району</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04849)42-1-40</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>bilenke48@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
-          <t> Ситник Анатолій Васильович</t>
+          <t> Ляшко Марія Валентинівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
   </sheetData>