--- v0 (2025-12-28)
+++ v1 (2026-03-29)
@@ -3133,51 +3133,51 @@
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Білгород-Дністровський р-н, с. Руськоіванівка</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Старокозацької сільської ради Білгород-Дністровського району Одеської області</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(04849)51140</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
           <t>russkoivanovka@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гуменна Наталя Анатоліївна</t>
+          <t>Директор Гуменна Наталя Анатоліївна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">