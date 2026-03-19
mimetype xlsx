--- v0 (2025-12-07)
+++ v1 (2026-03-19)
@@ -455,51 +455,51 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Березівський ліцей Балтської міської ради Одеської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>143155</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Березівський ліцей</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5120684402</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Березівка, Балтський район, Одеська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
@@ -568,51 +568,51 @@
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Білинський ліцей Балтської міської ради Одеської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>143148</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Білинський ліцей</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>5120680801</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Білине, Балтський район, Одеська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Привокзальна, 69</t>
@@ -677,51 +677,51 @@
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Гольмянський ліцей Балтської міської ради Одеської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>144869</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Гольмянський ліцей</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>5120681601</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>с. Гольма, Балтський район, Одеська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Грушевського, 33</t>
@@ -790,51 +790,51 @@
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Немирівський ліцей імені академіка НАН України Івана Федоровича Кураса Балтської міської ради Одеської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>143205</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Немирівський ліцей</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>5120686602</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>с. Немирівське, Балтський район, Одеська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Лесі Українки, 53-Б</t>
@@ -899,51 +899,51 @@
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Пасицелівський ліцей Балтської міської ради Одеської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>144846</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Пасицелівський ліцей</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>5120685701</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с. Пасицели, Балтський район, Одеська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця С.Олійника, 66</t>