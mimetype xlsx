--- v0 (2025-10-27)
+++ v1 (2026-01-24)
@@ -367,51 +367,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>5120481901</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Делень, Арцизький район, Одеська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 62а</t>
+          <t>вулиця Миру, 62, корпус "Б"</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA51060010040032113</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., Болградський р-н, с. Делень</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Арцизької міської ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(04845)5-71-42</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">