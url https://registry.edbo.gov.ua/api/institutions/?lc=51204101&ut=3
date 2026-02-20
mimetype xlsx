--- v0 (2025-10-23)
+++ v1 (2026-02-20)
@@ -743,51 +743,51 @@
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Арцизької міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(04845)3-21-31, (04845)3-21-32</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>ar-school-1@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
           <t>http://znzgimnazartsiz.odessaedu.net</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Афанасьєв Віталій Андрійович</t>
+          <t>Директор Мітрова Євгенія Дмитрівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
   </sheetData>