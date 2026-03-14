--- v0 (2025-12-28)
+++ v1 (2026-03-14)
@@ -3146,64 +3146,64 @@
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Селіоглівський ліцей Арцизької міської ради</t>
+          <t>СЕЛІОГЛІВСЬКИЙ ЛІЦЕЙ АРЦИЗЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
         <v>150873</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Селіоглівський ліцей</t>
+          <t>СЕЛІОГЛІВСЬКИЙ ЛІЦЕЙ</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>5120486401</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>