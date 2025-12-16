--- v0 (2025-10-16)
+++ v1 (2025-12-16)
@@ -973,64 +973,64 @@
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>заклад загальної середньої освіти №7 міста Білгорода-Дністровського Одеської області</t>
+          <t>Гімназія №7 міста Білгорода-Дністровського Одеської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>136075</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО №7</t>
+          <t>Гімназія №7</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>5110300000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>