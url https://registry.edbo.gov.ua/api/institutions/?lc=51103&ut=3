--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -864,241 +864,241 @@
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Гімназія №2 міста Білгорода-Дністровського Одеської області</t>
+          <t>Гімназія № 7 міста Білгорода-Дністровського Одеської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>147342</v>
+        <v>136075</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Гімназія №2</t>
+          <t>Гімназія № 7</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>5110300000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Білгород-Дністровський, Одеська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сергія Файнблата, 37</t>
+          <t>вулиця Південна, 25</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA51040010010048834</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Білгород-Дністровський</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Білгород-Дністровської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(067)8451812</t>
+          <t>(067)8451817</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>25417095@bdmr.gov.ua</t>
+          <t>20988278@bdmr.gov.ua</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Коломійчук Василь Васильович</t>
+          <t>Директор Шмелькова Олена Олександрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Гімназія №7 міста Білгорода-Дністровського Одеської області</t>
+          <t>Гімназія №2 міста Білгорода-Дністровського Одеської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>136075</v>
+        <v>147342</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Гімназія №7</t>
+          <t>Гімназія №2</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>5110300000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Білгород-Дністровський, Одеська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Південна, 25</t>
+          <t>вулиця Сергія Файнблата, 37</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA51040010010048834</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Білгород-Дністровський</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Білгород-Дністровської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(067)8451817</t>
+          <t>(067)8451812</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>20988278@bdmr.gov.ua</t>
+          <t>25417095@bdmr.gov.ua</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Шмелькова Олена Олександрівна</t>
+          <t>В.о. директора Коломійчук Василь Васильович</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">