--- v0 (2025-11-02)
+++ v1 (2026-03-14)
@@ -472,51 +472,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>5110137600</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Воробйова, 6</t>
+          <t>вулиця Віталія Нестеренка, 6</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(048)7374315</t>
         </is>
       </c>
       <c r="Q3" s="4" t="inlineStr">
         <is>
@@ -1045,51 +1045,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>5110137600</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Воробйова, 20/1</t>
+          <t>вулиця Віталія Нестеренка, 20/1</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(048)7202114</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
@@ -1275,51 +1275,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>5110137600</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Воробйова, 24</t>
+          <t>вулиця Віталія Нестеренка, 24</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(048)7200906, (048)7200053</t>
         </is>
       </c>
       <c r="Q10" s="4" t="inlineStr">
         <is>
@@ -3249,51 +3249,51 @@
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(048)7216783</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
           <t>ol5omr@ukr.net</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
           <t>https://lyceum5.srvo.od.ua</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бурачковська Світлана Сергіївна</t>
+          <t>Директор Бірман Ольга Олександрівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
@@ -3551,51 +3551,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>5110137600</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Паустовського, 17-А</t>
+          <t>вулиця 28 бригади, 17-А</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
           <t>(048)7556222</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">