--- v0 (2025-10-21)
+++ v1 (2026-03-05)
@@ -916,51 +916,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Льва Толстого, 30</t>
+          <t>вулиця Кіри Муратової, 30</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(048)7268770</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
@@ -1368,51 +1368,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Льва Толстого, 8</t>
+          <t>вулиця Кіри Муратової, 8</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(048)7269780</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
@@ -2288,51 +2288,51 @@
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
           <t>вулиця Сабанєєв міст, 1</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(048)722-18-86</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>psstolyarskogo@gmail.com</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
           <t>http://stolyarsky.od.ua/</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
           <t>Директор Молдаванов Віктор Вікторович</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
@@ -2837,51 +2837,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Льва Толстого, 1</t>
+          <t>вулиця Кіри Муратової, 1</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(048)7265994</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
@@ -3289,51 +3289,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>проспект Гагаріна, 3</t>
+          <t>проспект Лесі Українки, 3</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
           <t>(048)7363435</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
@@ -4871,51 +4871,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>проспект Гагаріна, 6</t>
+          <t>проспект Лесі Українки, 6</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
           <t>(048)7762097</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
@@ -4984,51 +4984,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Льва Толстого, 9</t>
+          <t>вулиця Кіри Муратової, 9</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
           <t>(048)7265979</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">