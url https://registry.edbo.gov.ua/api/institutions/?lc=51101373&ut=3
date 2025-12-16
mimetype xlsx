--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -2123,592 +2123,592 @@
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Одеська спеціалізована школа №32 I-III ступенів Одеської міської ради Одеської області</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 100 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>138762</v>
+        <v>140377</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Одеська СШ №32</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 100</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>5110137300</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Космонавтів, 60</t>
+          <t>вулиця Варненська, 12</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(048)7630393</t>
+          <t>(048)7655524</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>school-s32@ukr.net</t>
+          <t>odlyceum100@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>https://school32.mrvo.od.ua</t>
+          <t>https://lyceum100.mrvo.od.ua</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Королькова Олена Вікторівна</t>
+          <t>Директор Паламарчук Олена Миколаївна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 100 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 130 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>140377</v>
+        <v>139423</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 100</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 130</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>5110137300</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Варненська, 12</t>
+          <t>вулиця Миколи Аркаса, 56</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(048)7655524</t>
-[...2 lines deleted...]
-      <c r="Q19" s="4"/>
+          <t>(048)7402845</t>
+        </is>
+      </c>
+      <c r="Q19" s="4" t="inlineStr">
+        <is>
+          <t>(048)7402845</t>
+        </is>
+      </c>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>odlyceum100@ukr.net</t>
+          <t>od-l130@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum100.mrvo.od.ua</t>
+          <t>https://lyceum130.mrvo.od.ua</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Паламарчук Олена Миколаївна</t>
+          <t>Директор Слободянюк Людмила Леонтіївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 130 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 3 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>139423</v>
+        <v>138742</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 130</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 3</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>5110137300</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Аркаса, 56</t>
+          <t>вулиця Бреуса, 59</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(048)7402845</t>
-[...6 lines deleted...]
-      </c>
+          <t>(094)9304712</t>
+        </is>
+      </c>
+      <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>od-l130@ukr.net</t>
+          <t>odlyceum3@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum130.mrvo.od.ua</t>
+          <t>https://lyceum3.mrvo.od.ua</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Слободянюк Людмила Леонтіївна</t>
+          <t>Директор Іванова Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 3 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 31 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>138742</v>
+        <v>138767</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 3</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 31</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>5110137300</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бреуса, 59</t>
+          <t>вулиця Малішевського, 90-А</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(094)9304712</t>
+          <t>(048)7616175, (048)7616168</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>odlyceum3@ukr.net</t>
+          <t>liceum-31@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum3.mrvo.od.ua</t>
+          <t>https://lyceum31.mrvo.od.ua</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Іванова Ірина Анатоліївна</t>
+          <t>Директор Кустурова Ольга Іванівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 31 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 32 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>138767</v>
+        <v>138762</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 31</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 32</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>5110137300</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Малішевського, 90-А</t>
+          <t>вулиця Космонавтів, 60</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(048)7616175, (048)7616168</t>
+          <t>(048)7630393</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>liceum-31@ukr.net</t>
+          <t>school-s32@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum31.mrvo.od.ua</t>
+          <t>https://school32.mrvo.od.ua</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Кустурова Ольга Іванівна</t>
+          <t>Директор Королькова Олена Вікторівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">