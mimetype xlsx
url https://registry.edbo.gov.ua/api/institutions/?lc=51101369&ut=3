--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$50</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$51</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y50"/>
+  <dimension ref="A1:Y51"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -2171,51 +2171,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ільфа і Петрова, 25</t>
+          <t>вулиця Сім'ї Глодан, 25</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(048)7444341</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
@@ -2514,51 +2514,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ільфа і Петрова, 15-А</t>
+          <t>вулиця Сім'ї Глодан, 15А</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
           <t>(048)7444172</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
@@ -2627,51 +2627,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ільфа і Петрова, 13/1</t>
+          <t>вулиця Сім'ї Глодан, 13/1</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>(048)7445531, (048)7448439</t>
         </is>
       </c>
       <c r="Q22" s="4" t="inlineStr">
         <is>
@@ -2978,51 +2978,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>проспект Академіка Глушка, 1/6</t>
+          <t>проспект Князя Ярослава Мудрого, 1/6</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(048)7023948</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
@@ -3317,51 +3317,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ільфа і Петрова, 45</t>
+          <t>вулиця Сім'ї Глодан, 45</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
           <t>(048)7494201, (048)7469351</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
@@ -3931,51 +3931,51 @@
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
           <t>(048)7865452</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
           <t>odolympian@ukr.net</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
           <t>https://l-olympian.krvo.od.ua</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Трояк Юрій Михайлович</t>
+          <t>В.о. директора Дімов Степан Федорович</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
@@ -5533,384 +5533,493 @@
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Одеський ліцей гуманної педагогіки імені В.О. Сухомлинського"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Заклад освіти "Знайка"</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>176815</v>
+        <v>176955</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Одеський ліцей гуманної педагогіки ім. В.О. Сухомлинського"</t>
+          <t>ТОВ "ЗО "Знайка"</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лядова, 12</t>
+          <t>вулиця Георгія Липського, 7/102</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(068)0111986</t>
+          <t>(098)9310188, (098)5227423</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>vosukhomlynskyi@gmail.com</t>
+          <t>znaykaodessa@ukr.net</t>
         </is>
       </c>
       <c r="S48" s="4"/>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Данилюк Олена Василівна</t>
+          <t>Директор Кисельова Олена Володимирівна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ІНТЕЛЕКТ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Одеський ліцей гуманної педагогіки імені В.О. Сухомлинського"</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>148158</v>
+        <v>176815</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ОПЛ "ІНТЕЛЕКТ"</t>
+          <t>ТОВ "Одеський ліцей гуманної педагогіки ім. В.О. Сухомлинського"</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Корольова, 58А</t>
+          <t>вулиця Лядова, 12</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(048)7445070</t>
+          <t>(068)0111986</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>intellekt.odessa@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>vosukhomlynskyi@gmail.com</t>
+        </is>
+      </c>
+      <c r="S49" s="4"/>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Директор Єганова Тетяна Йосипівна</t>
+          <t>Директор Данилюк Олена Василівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "НА ПЕРЕХРЕСТІ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ІНТЕЛЕКТ"</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>150327</v>
+        <v>148158</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛІЦЕЙ "НА ПЕРЕХРЕСТІ"</t>
+          <t>ТОВ "ОПЛ "ІНТЕЛЕКТ"</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>проспект Небесної Сотні, 63</t>
+          <t>вулиця Академіка Корольова, 58А</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(099)3024918</t>
+          <t>(048)7445070</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>naperekrestke@ukr.net</t>
+          <t>intellekt.odessa@gmail.com</t>
         </is>
       </c>
       <c r="S50" s="4" t="inlineStr">
         <is>
-          <t>http://naperekrestke.com.ua</t>
+          <t>http://www.intellekt.od.ua</t>
         </is>
       </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Спаський Ігор Дмитрович</t>
+          <t>Директор Єганова Тетяна Йосипівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "НА ПЕРЕХРЕСТІ"</t>
+        </is>
+      </c>
+      <c r="B51" s="5" t="n">
+        <v>150327</v>
+      </c>
+      <c r="C51" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ЛІЦЕЙ "НА ПЕРЕХРЕСТІ"</t>
+        </is>
+      </c>
+      <c r="E51" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G51" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H51" s="6" t="inlineStr">
+        <is>
+          <t>5110136900</t>
+        </is>
+      </c>
+      <c r="I51" s="4" t="inlineStr">
+        <is>
+          <t>Одеська область</t>
+        </is>
+      </c>
+      <c r="J51" s="4" t="inlineStr">
+        <is>
+          <t>Одеса, Одеська область</t>
+        </is>
+      </c>
+      <c r="K51" s="4" t="inlineStr">
+        <is>
+          <t>проспект Небесної Сотні, 63</t>
+        </is>
+      </c>
+      <c r="L51" s="6" t="inlineStr">
+        <is>
+          <t>UA51100270010196805</t>
+        </is>
+      </c>
+      <c r="M51" s="4" t="inlineStr">
+        <is>
+          <t>Одеська обл., м. Одеса</t>
+        </is>
+      </c>
+      <c r="N51" s="7"/>
+      <c r="O51" s="4" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P51" s="4" t="inlineStr">
+        <is>
+          <t>(099)3024918</t>
+        </is>
+      </c>
+      <c r="Q51" s="4"/>
+      <c r="R51" s="4" t="inlineStr">
+        <is>
+          <t>naperekrestke@ukr.net</t>
+        </is>
+      </c>
+      <c r="S51" s="4" t="inlineStr">
+        <is>
+          <t>http://naperekrestke.com.ua</t>
+        </is>
+      </c>
+      <c r="T51" s="4" t="inlineStr">
+        <is>
+          <t>Директор Спаський Ігор Дмитрович</t>
+        </is>
+      </c>
+      <c r="U51" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V51" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W51" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X51" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y51" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y50"/>
+  <autoFilter ref="A1:Y51"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>