--- v1 (2025-12-15)
+++ v2 (2026-02-20)
@@ -2095,51 +2095,51 @@
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(048)7666496</t>
         </is>
       </c>
       <c r="Q17" s="4" t="inlineStr">
         <is>
           <t>(048)7666496</t>
         </is>
       </c>
       <c r="R17" s="4" t="inlineStr">
         <is>
           <t>lycod.51@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
           <t>https://lyceum51.krvo.od.ua</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Шманова Ганна Володимирівна</t>
+          <t>Директор Шманова Ганна Володимирівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">