--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -2261,51 +2261,51 @@
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(048)7550937, (048)7558744</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>odnz-112@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
           <t>http://www.srvo.od.ua/zdo/zdos112</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Москалюк Лілія Віталіївна</t>
+          <t>В.о. директора Калініна Людмила Сергіївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">