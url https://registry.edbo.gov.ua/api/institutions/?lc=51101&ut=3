--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$203</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$206</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y203"/>
+  <dimension ref="A1:Y206"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -3116,51 +3116,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Льва Толстого, 30</t>
+          <t>вулиця Кіри Муратової, 30</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(048)7268770</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
@@ -3229,51 +3229,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>5110137600</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Воробйова, 6</t>
+          <t>вулиця Віталія Нестеренка, 6</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
           <t>(048)7374315</t>
         </is>
       </c>
       <c r="Q28" s="4" t="inlineStr">
         <is>
@@ -4932,51 +4932,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Льва Толстого, 8</t>
+          <t>вулиця Кіри Муратової, 8</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
           <t>(048)7269780</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
@@ -5388,51 +5388,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
           <t>5110137600</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Воробйова, 20/1</t>
+          <t>вулиця Віталія Нестеренка, 20/1</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
           <t>(048)7202114</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
@@ -5618,51 +5618,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>5110137600</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Воробйова, 24</t>
+          <t>вулиця Віталія Нестеренка, 24</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
           <t>(048)7200906, (048)7200053</t>
         </is>
       </c>
       <c r="Q49" s="4" t="inlineStr">
         <is>
@@ -7277,3082 +7277,3082 @@
       <c r="U63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Одеська спеціалізована школа №32 I-III ступенів Одеської міської ради Одеської області</t>
+          <t>ОДЕСЬКА СПЕЦІАЛЬНА ШКОЛА № 75 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B64" s="5" t="n">
-        <v>138762</v>
+        <v>150239</v>
       </c>
       <c r="C64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>Одеська СШ №32</t>
+          <t>ОДЕСЬКА СШ № 75</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
-          <t>5110137300</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>вулиця Космонавтів, 60</t>
+          <t>вулиця Садова, 4</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(048)7630393</t>
+          <t>(048)7630223, (048)7630056</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
-          <t>school-s32@ukr.net</t>
+          <t>school75od@ukr.net</t>
         </is>
       </c>
       <c r="S64" s="4" t="inlineStr">
         <is>
-          <t>https://school32.mrvo.od.ua</t>
+          <t>https://school75.prvo.od.ua</t>
         </is>
       </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>Директор Королькова Олена Вікторівна</t>
+          <t>Директор Григор'єва Лариса Вікторівна</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКА СПЕЦІАЛЬНА ШКОЛА № 75 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>Одеський державний музичний ліцей імені професора П. С. Столярського</t>
         </is>
       </c>
       <c r="B65" s="5" t="n">
-        <v>150239</v>
+        <v>143939</v>
       </c>
       <c r="C65" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКА СШ № 75</t>
+          <t>ОДМЛ ім. проф. П.С. Столярського</t>
         </is>
       </c>
       <c r="E65" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>мистецький ліцей</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H65" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 4</t>
+          <t>вулиця Сабанєєв міст, 1</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
-          <t>Департамент освіти та науки Одеської міської ради</t>
+          <t>Міністерство культури та стратегічних комунікацій України</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
-          <t>(048)7630223, (048)7630056</t>
+          <t>(048)722-18-86</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
-          <t>school75od@ukr.net</t>
+          <t>psstolyarskogo@gmail.com</t>
         </is>
       </c>
       <c r="S65" s="4" t="inlineStr">
         <is>
-          <t>https://school75.prvo.od.ua</t>
+          <t>http://stolyarsky.od.ua/</t>
         </is>
       </c>
       <c r="T65" s="4" t="inlineStr">
         <is>
-          <t>Директор Григор'єва Лариса Вікторівна</t>
+          <t>Директор Молдаванов Віктор Вікторович</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>Одеський державний музичний ліцей імені професора П. С. Столярського</t>
+          <t>ОДЕСЬКИЙ ЕКОНОМІЧНИЙ ЛІЦЕЙ ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B66" s="5" t="n">
-        <v>143939</v>
+        <v>147206</v>
       </c>
       <c r="C66" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>ОДМЛ ім. проф. П.С. Столярського</t>
+          <t>ОДЕСЬКИЙ ЕКОНОМІЧНИЙ ЛІЦЕЙ</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>мистецький ліцей</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G66" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H66" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110136900</t>
         </is>
       </c>
       <c r="I66" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J66" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K66" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сабанєєв міст, 1</t>
+          <t>вулиця Люстдорфська дорога, 33</t>
         </is>
       </c>
       <c r="L66" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
-          <t>(048)722-18-86</t>
+          <t>(048)7679955, (048)7930518, (094)8630518</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
-          <t>psstolyarskogo@gmail.com</t>
+          <t>economics1999@ukr.net</t>
         </is>
       </c>
       <c r="S66" s="4" t="inlineStr">
         <is>
-          <t>http://stolyarsky.od.ua/</t>
+          <t>https://l-economy.krvo.od.ua</t>
         </is>
       </c>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t>Директор Молдаванов Віктор Вікторович</t>
+          <t>В.о. директора Голтвян-Томачинська Ярослава Ростиславівна</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЕКОНОМІЧНИЙ ЛІЦЕЙ ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 1 ІМЕНІ А.П. БИСТРІНОЇ ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B67" s="5" t="n">
-        <v>147206</v>
+        <v>148209</v>
       </c>
       <c r="C67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЕКОНОМІЧНИЙ ЛІЦЕЙ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 1</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H67" s="6" t="inlineStr">
         <is>
-          <t>5110136900</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
-          <t>вулиця Люстдорфська дорога, 33</t>
+          <t>проспект Українських Героїв, 11</t>
         </is>
       </c>
       <c r="L67" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010196805</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
-          <t>(048)7679955, (048)7930518, (094)8630518</t>
+          <t>(048)7227000</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
-          <t>economics1999@ukr.net</t>
+          <t>od.gymn1@ukr.net</t>
         </is>
       </c>
       <c r="S67" s="4" t="inlineStr">
         <is>
-          <t>https://l-economy.krvo.od.ua</t>
+          <t>https://lyceum1.prvo.od.ua</t>
         </is>
       </c>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Голтвян-Томачинська Ярослава Ростиславівна</t>
+          <t>Директор Топчій Людмила Семенівна</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 1 ІМЕНІ А.П. БИСТРІНОЇ ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 100 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B68" s="5" t="n">
-        <v>148209</v>
+        <v>140377</v>
       </c>
       <c r="C68" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 1</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 100</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H68" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110137300</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>проспект Українських Героїв, 11</t>
+          <t>вулиця Варненська, 12</t>
         </is>
       </c>
       <c r="L68" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
-          <t>(048)7227000</t>
+          <t>(048)7655524</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
-          <t>od.gymn1@ukr.net</t>
+          <t>odlyceum100@ukr.net</t>
         </is>
       </c>
       <c r="S68" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum1.prvo.od.ua</t>
+          <t>https://lyceum100.mrvo.od.ua</t>
         </is>
       </c>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>Директор Топчій Людмила Семенівна</t>
+          <t>Директор Паламарчук Олена Миколаївна</t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 100 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 101 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B69" s="5" t="n">
-        <v>140377</v>
+        <v>150561</v>
       </c>
       <c r="C69" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 100</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 101</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H69" s="6" t="inlineStr">
         <is>
-          <t>5110137300</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
-          <t>вулиця Варненська, 12</t>
+          <t>вулиця Велика Арнаутська, 9</t>
         </is>
       </c>
       <c r="L69" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M69" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N69" s="7"/>
       <c r="O69" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P69" s="4" t="inlineStr">
         <is>
-          <t>(048)7655524</t>
+          <t>(048)7221382</t>
         </is>
       </c>
       <c r="Q69" s="4"/>
       <c r="R69" s="4" t="inlineStr">
         <is>
-          <t>odlyceum100@ukr.net</t>
+          <t>ods.lyceum101@ukr.net</t>
         </is>
       </c>
       <c r="S69" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum100.mrvo.od.ua</t>
+          <t>https://lyceum101.prvo.od.ua</t>
         </is>
       </c>
       <c r="T69" s="4" t="inlineStr">
         <is>
-          <t>Директор Паламарчук Олена Миколаївна</t>
+          <t>Директор Шупарська Тетяна Сергіївна</t>
         </is>
       </c>
       <c r="U69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 101 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 111 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B70" s="5" t="n">
-        <v>150561</v>
+        <v>149578</v>
       </c>
       <c r="C70" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 101</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 111</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H70" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110137600</t>
         </is>
       </c>
       <c r="I70" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
-          <t>вулиця Велика Арнаутська, 9</t>
+          <t>площа Молоді, 17</t>
         </is>
       </c>
       <c r="L70" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
-          <t>(048)7221382</t>
+          <t>(048)7008905</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
         <is>
-          <t>ods.lyceum101@ukr.net</t>
+          <t>111ol@ukr.net</t>
         </is>
       </c>
       <c r="S70" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum101.prvo.od.ua</t>
+          <t>https://lyceum111.srvo.od.ua</t>
         </is>
       </c>
       <c r="T70" s="4" t="inlineStr">
         <is>
-          <t>Директор Шупарська Тетяна Сергіївна</t>
+          <t>Директор Чубенко Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 111 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 117 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B71" s="5" t="n">
-        <v>149578</v>
+        <v>148304</v>
       </c>
       <c r="C71" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 111</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 117</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H71" s="6" t="inlineStr">
         <is>
-          <t>5110137600</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I71" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J71" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
-          <t>площа Молоді, 17</t>
+          <t>вулиця Рішельєвська, 18</t>
         </is>
       </c>
       <c r="L71" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010413116</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M71" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
-          <t>(048)7008905</t>
+          <t>(048)7258352</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
-          <t>111ol@ukr.net</t>
+          <t>osh117@ukr.net</t>
         </is>
       </c>
       <c r="S71" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum111.srvo.od.ua</t>
+          <t>https://lyceum117.prvo.od.ua</t>
         </is>
       </c>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t>Директор Чубенко Ірина Володимирівна</t>
+          <t>Директор Стаценко Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 117 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 118 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B72" s="5" t="n">
-        <v>148304</v>
+        <v>149600</v>
       </c>
       <c r="C72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 117</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 118</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H72" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рішельєвська, 18</t>
+          <t>вулиця Преображенська, 75</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
-          <t>(048)7258352</t>
+          <t>(068)7875312</t>
         </is>
       </c>
       <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
-          <t>osh117@ukr.net</t>
+          <t>angelkr118@ukr.net</t>
         </is>
       </c>
       <c r="S72" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum117.prvo.od.ua</t>
+          <t>https://lyceum118.prvo.od.ua</t>
         </is>
       </c>
       <c r="T72" s="4" t="inlineStr">
         <is>
-          <t>Директор Стаценко Наталія Вікторівна</t>
+          <t>Директор Коцюба Яна Степанівна</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 118 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 12 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B73" s="5" t="n">
-        <v>149600</v>
+        <v>135661</v>
       </c>
       <c r="C73" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 118</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 12</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G73" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H73" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110137600</t>
         </is>
       </c>
       <c r="I73" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J73" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
-          <t>вулиця Преображенська, 75</t>
+          <t>вулиця Марсельська, 6</t>
         </is>
       </c>
       <c r="L73" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M73" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N73" s="7"/>
       <c r="O73" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P73" s="4" t="inlineStr">
         <is>
-          <t>(068)7875312</t>
+          <t>(048)7551691, (048)7551943</t>
         </is>
       </c>
       <c r="Q73" s="4"/>
       <c r="R73" s="4" t="inlineStr">
         <is>
-          <t>angelkr118@ukr.net</t>
+          <t>odessa_liceum_12@ukr.net</t>
         </is>
       </c>
       <c r="S73" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum118.prvo.od.ua</t>
+          <t>https://lyceum12.srvo.od.ua</t>
         </is>
       </c>
       <c r="T73" s="4" t="inlineStr">
         <is>
-          <t>Директор Коцюба Яна Степанівна</t>
+          <t>Директор Консевич Світлана Леонідівна</t>
         </is>
       </c>
       <c r="U73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 12 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 121 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B74" s="5" t="n">
-        <v>135661</v>
+        <v>150610</v>
       </c>
       <c r="C74" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 12</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 121</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G74" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H74" s="6" t="inlineStr">
         <is>
-          <t>5110137600</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I74" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J74" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K74" s="4" t="inlineStr">
         <is>
-          <t>вулиця Марсельська, 6</t>
+          <t>вулиця Кіри Муратової, 1</t>
         </is>
       </c>
       <c r="L74" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010413116</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M74" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N74" s="7"/>
       <c r="O74" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P74" s="4" t="inlineStr">
         <is>
-          <t>(048)7551691, (048)7551943</t>
+          <t>(048)7265994</t>
         </is>
       </c>
       <c r="Q74" s="4"/>
       <c r="R74" s="4" t="inlineStr">
         <is>
-          <t>odessa_liceum_12@ukr.net</t>
+          <t>od.lyceum.oto@ukr.net</t>
         </is>
       </c>
       <c r="S74" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum12.srvo.od.ua</t>
+          <t>https://lyceum121.prvo.od.ua</t>
         </is>
       </c>
       <c r="T74" s="4" t="inlineStr">
         <is>
-          <t>Директор Консевич Світлана Леонідівна</t>
+          <t>Директор Коваль Тіна Вікторівна</t>
         </is>
       </c>
       <c r="U74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 121 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 122 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B75" s="5" t="n">
-        <v>150610</v>
+        <v>150580</v>
       </c>
       <c r="C75" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 121</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 122</t>
         </is>
       </c>
       <c r="E75" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G75" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H75" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I75" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J75" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K75" s="4" t="inlineStr">
         <is>
-          <t>вулиця Льва Толстого, 1</t>
+          <t>вулиця Старопортофранківська, 45</t>
         </is>
       </c>
       <c r="L75" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M75" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N75" s="7"/>
       <c r="O75" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P75" s="4" t="inlineStr">
         <is>
-          <t>(048)7265994</t>
+          <t>(048)7530085, (048)7530081</t>
         </is>
       </c>
       <c r="Q75" s="4"/>
       <c r="R75" s="4" t="inlineStr">
         <is>
-          <t>od.lyceum.oto@ukr.net</t>
+          <t>od-liceum122@ukr.net</t>
         </is>
       </c>
       <c r="S75" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum121.prvo.od.ua</t>
+          <t>https://lyceum122.prvo.od.ua</t>
         </is>
       </c>
       <c r="T75" s="4" t="inlineStr">
         <is>
-          <t>Директор Коваль Тіна Вікторівна</t>
+          <t>Директор Дендірук Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 122 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 13 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B76" s="5" t="n">
-        <v>150580</v>
+        <v>134973</v>
       </c>
       <c r="C76" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 122</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 13</t>
         </is>
       </c>
       <c r="E76" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G76" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H76" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110137600</t>
         </is>
       </c>
       <c r="I76" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J76" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K76" s="4" t="inlineStr">
         <is>
-          <t>вулиця Старопортофранківська, 45</t>
+          <t>вулиця Кримська, 62, корпус А</t>
         </is>
       </c>
       <c r="L76" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M76" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N76" s="7"/>
       <c r="O76" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P76" s="4" t="inlineStr">
         <is>
-          <t>(048)7530085, (048)7530081</t>
+          <t>(048)7583322, (048)7542538</t>
         </is>
       </c>
       <c r="Q76" s="4"/>
       <c r="R76" s="4" t="inlineStr">
         <is>
-          <t>od-liceum122@ukr.net</t>
+          <t>odesa.lyceum13@ukr.net</t>
         </is>
       </c>
       <c r="S76" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum122.prvo.od.ua</t>
+          <t>https://lyceum13.srvo.od.ua</t>
         </is>
       </c>
       <c r="T76" s="4" t="inlineStr">
         <is>
-          <t>Директор Дендірук Ірина Володимирівна</t>
+          <t>Директор Смірнова Тетяна Станіславівна</t>
         </is>
       </c>
       <c r="U76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 13 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 130 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B77" s="5" t="n">
-        <v>134973</v>
+        <v>139423</v>
       </c>
       <c r="C77" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 13</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 130</t>
         </is>
       </c>
       <c r="E77" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G77" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H77" s="6" t="inlineStr">
         <is>
-          <t>5110137600</t>
+          <t>5110137300</t>
         </is>
       </c>
       <c r="I77" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J77" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K77" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кримська, 62, корпус А</t>
+          <t>вулиця Миколи Аркаса, 56</t>
         </is>
       </c>
       <c r="L77" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010413116</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M77" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N77" s="7"/>
       <c r="O77" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P77" s="4" t="inlineStr">
         <is>
-          <t>(048)7583322, (048)7542538</t>
-[...2 lines deleted...]
-      <c r="Q77" s="4"/>
+          <t>(048)7402845</t>
+        </is>
+      </c>
+      <c r="Q77" s="4" t="inlineStr">
+        <is>
+          <t>(048)7402845</t>
+        </is>
+      </c>
       <c r="R77" s="4" t="inlineStr">
         <is>
-          <t>odesa.lyceum13@ukr.net</t>
+          <t>od-l130@ukr.net</t>
         </is>
       </c>
       <c r="S77" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum13.srvo.od.ua</t>
+          <t>https://lyceum130.mrvo.od.ua</t>
         </is>
       </c>
       <c r="T77" s="4" t="inlineStr">
         <is>
-          <t>Директор Смірнова Тетяна Станіславівна</t>
+          <t>Директор Слободянюк Людмила Леонтіївна</t>
         </is>
       </c>
       <c r="U77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 130 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 14 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B78" s="5" t="n">
-        <v>139423</v>
+        <v>135083</v>
       </c>
       <c r="C78" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 130</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 14</t>
         </is>
       </c>
       <c r="E78" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G78" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H78" s="6" t="inlineStr">
         <is>
-          <t>5110137300</t>
+          <t>5110137600</t>
         </is>
       </c>
       <c r="I78" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J78" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K78" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Аркаса, 56</t>
+          <t>вулиця Кримська, 56-А</t>
         </is>
       </c>
       <c r="L78" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M78" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N78" s="7"/>
       <c r="O78" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P78" s="4" t="inlineStr">
         <is>
-          <t>(048)7402845</t>
-[...6 lines deleted...]
-      </c>
+          <t>(048)7553912</t>
+        </is>
+      </c>
+      <c r="Q78" s="4"/>
       <c r="R78" s="4" t="inlineStr">
         <is>
-          <t>od-l130@ukr.net</t>
+          <t>odesa_lyceum_14@ukr.net</t>
         </is>
       </c>
       <c r="S78" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum130.mrvo.od.ua</t>
+          <t>https://lyceum14.srvo.od.ua</t>
         </is>
       </c>
       <c r="T78" s="4" t="inlineStr">
         <is>
-          <t>Директор Слободянюк Людмила Леонтіївна</t>
+          <t>Директор Герасимчук Лариса Миколаївна</t>
         </is>
       </c>
       <c r="U78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 14 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 15 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B79" s="5" t="n">
-        <v>135083</v>
+        <v>135863</v>
       </c>
       <c r="C79" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 14</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 15</t>
         </is>
       </c>
       <c r="E79" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G79" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H79" s="6" t="inlineStr">
         <is>
           <t>5110137600</t>
         </is>
       </c>
       <c r="I79" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J79" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K79" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кримська, 56-А</t>
+          <t>вулиця Кримська, 80 А</t>
         </is>
       </c>
       <c r="L79" s="6" t="inlineStr">
         <is>
           <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M79" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N79" s="7"/>
       <c r="O79" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P79" s="4" t="inlineStr">
         <is>
-          <t>(048)7553912</t>
+          <t>(048)7001819</t>
         </is>
       </c>
       <c r="Q79" s="4"/>
       <c r="R79" s="4" t="inlineStr">
         <is>
-          <t>odesa_lyceum_14@ukr.net</t>
+          <t>OdesaLyceum15@ukr.net</t>
         </is>
       </c>
       <c r="S79" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum14.srvo.od.ua</t>
+          <t>https://lyceum15.srvo.od.ua</t>
         </is>
       </c>
       <c r="T79" s="4" t="inlineStr">
         <is>
-          <t>Директор Герасимчук Лариса Миколаївна</t>
+          <t>Директор Орлова Ольга Павлівна</t>
         </is>
       </c>
       <c r="U79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 15 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 16 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B80" s="5" t="n">
-        <v>135863</v>
+        <v>150668</v>
       </c>
       <c r="C80" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 15</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 16</t>
         </is>
       </c>
       <c r="E80" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G80" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H80" s="6" t="inlineStr">
         <is>
-          <t>5110137600</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I80" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J80" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K80" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кримська, 80 А</t>
+          <t>вулиця Пироговська, 25</t>
         </is>
       </c>
       <c r="L80" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010413116</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M80" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N80" s="7"/>
       <c r="O80" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P80" s="4" t="inlineStr">
         <is>
-          <t>(048)7001819</t>
+          <t>(048)7225083</t>
         </is>
       </c>
       <c r="Q80" s="4"/>
       <c r="R80" s="4" t="inlineStr">
         <is>
-          <t>OdesaLyceum15@ukr.net</t>
+          <t>omr_lyceum16@ukr.net</t>
         </is>
       </c>
       <c r="S80" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum15.srvo.od.ua</t>
+          <t>https://lyceum16.prvo.od.ua</t>
         </is>
       </c>
       <c r="T80" s="4" t="inlineStr">
         <is>
-          <t>Директор Орлова Ольга Павлівна</t>
+          <t>Директор Аванесьян-Акобян Еліза Рафаілівна</t>
         </is>
       </c>
       <c r="U80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 16 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 17 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B81" s="5" t="n">
-        <v>150668</v>
+        <v>134997</v>
       </c>
       <c r="C81" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 16</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 17</t>
         </is>
       </c>
       <c r="E81" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G81" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H81" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110137600</t>
         </is>
       </c>
       <c r="I81" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J81" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K81" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пироговська, 25</t>
+          <t>вулиця Віталія Блажка, 7</t>
         </is>
       </c>
       <c r="L81" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M81" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N81" s="7"/>
       <c r="O81" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P81" s="4" t="inlineStr">
         <is>
-          <t>(048)7225083</t>
+          <t>(096)1101285</t>
         </is>
       </c>
       <c r="Q81" s="4"/>
       <c r="R81" s="4" t="inlineStr">
         <is>
-          <t>omr_lyceum16@ukr.net</t>
+          <t>odlycaei17@ukr.net</t>
         </is>
       </c>
       <c r="S81" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum16.prvo.od.ua</t>
+          <t>https://lyceum17.srvo.od.ua</t>
         </is>
       </c>
       <c r="T81" s="4" t="inlineStr">
         <is>
-          <t>Директор Аванесьян-Акобян Еліза Рафаілівна</t>
+          <t>Директор Стародубець Неоніла Миколаївна</t>
         </is>
       </c>
       <c r="U81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 17 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 2 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B82" s="5" t="n">
-        <v>134997</v>
+        <v>148210</v>
       </c>
       <c r="C82" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 17</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 2</t>
         </is>
       </c>
       <c r="E82" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G82" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H82" s="6" t="inlineStr">
         <is>
-          <t>5110137600</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I82" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J82" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K82" s="4" t="inlineStr">
         <is>
-          <t>вулиця Віталія Блажка, 7</t>
+          <t>вулиця Гаванна, 5-А</t>
         </is>
       </c>
       <c r="L82" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010413116</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M82" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N82" s="7"/>
       <c r="O82" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P82" s="4" t="inlineStr">
         <is>
-          <t>(096)1101285</t>
+          <t>(048)7230460, (048)7230348</t>
         </is>
       </c>
       <c r="Q82" s="4"/>
       <c r="R82" s="4" t="inlineStr">
         <is>
-          <t>odlycaei17@ukr.net</t>
+          <t>odesalyceum_2@ukr.net</t>
         </is>
       </c>
       <c r="S82" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum17.srvo.od.ua</t>
+          <t>https://lyceum2.prvo.od.ua</t>
         </is>
       </c>
       <c r="T82" s="4" t="inlineStr">
         <is>
-          <t>Директор Стародубець Неоніла Миколаївна</t>
+          <t>Директор Вегерчук Сергій Максимович</t>
         </is>
       </c>
       <c r="U82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 2 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 22 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B83" s="5" t="n">
-        <v>148210</v>
+        <v>135000</v>
       </c>
       <c r="C83" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 2</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 22</t>
         </is>
       </c>
       <c r="E83" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G83" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H83" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110137600</t>
         </is>
       </c>
       <c r="I83" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J83" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K83" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гаванна, 5-А</t>
+          <t>вулиця Віталія Блажка, 4</t>
         </is>
       </c>
       <c r="L83" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M83" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N83" s="7"/>
       <c r="O83" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P83" s="4" t="inlineStr">
         <is>
-          <t>(048)7230460, (048)7230348</t>
+          <t>(048)7523445, (048)7523446</t>
         </is>
       </c>
       <c r="Q83" s="4"/>
       <c r="R83" s="4" t="inlineStr">
         <is>
-          <t>odesalyceum_2@ukr.net</t>
+          <t>lyceum22od@ukr.net</t>
         </is>
       </c>
       <c r="S83" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum2.prvo.od.ua</t>
+          <t>https://lyceum22.srvo.od.ua</t>
         </is>
       </c>
       <c r="T83" s="4" t="inlineStr">
         <is>
-          <t>Директор Вегерчук Сергій Максимович</t>
+          <t>Директор Смірнова Оксана Дмитрівна</t>
         </is>
       </c>
       <c r="U83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X83" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 22 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 23 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B84" s="5" t="n">
-        <v>135000</v>
+        <v>135143</v>
       </c>
       <c r="C84" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 22</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 23</t>
         </is>
       </c>
       <c r="E84" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G84" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H84" s="6" t="inlineStr">
         <is>
           <t>5110137600</t>
         </is>
       </c>
       <c r="I84" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J84" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K84" s="4" t="inlineStr">
         <is>
-          <t>вулиця Віталія Блажка, 4</t>
+          <t>вулиця Миколаївська дорога, 283</t>
         </is>
       </c>
       <c r="L84" s="6" t="inlineStr">
         <is>
           <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M84" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N84" s="7"/>
       <c r="O84" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P84" s="4" t="inlineStr">
         <is>
-          <t>(048)7523445, (048)7523446</t>
-[...2 lines deleted...]
-      <c r="Q84" s="4"/>
+          <t>(048)7565662</t>
+        </is>
+      </c>
+      <c r="Q84" s="4" t="inlineStr">
+        <is>
+          <t>(048)7565662</t>
+        </is>
+      </c>
       <c r="R84" s="4" t="inlineStr">
         <is>
-          <t>lyceum22od@ukr.net</t>
+          <t>ol-23omr@ukr.net</t>
         </is>
       </c>
       <c r="S84" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum22.srvo.od.ua</t>
+          <t>https://lyceum23.srvo.od.ua</t>
         </is>
       </c>
       <c r="T84" s="4" t="inlineStr">
         <is>
-          <t>Директор Смірнова Оксана Дмитрівна</t>
+          <t>Директор Федорова Ліна Анатоліївна</t>
         </is>
       </c>
       <c r="U84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X84" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 23 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 24 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B85" s="5" t="n">
-        <v>135143</v>
+        <v>135864</v>
       </c>
       <c r="C85" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 23</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 24</t>
         </is>
       </c>
       <c r="E85" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G85" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H85" s="6" t="inlineStr">
         <is>
           <t>5110137600</t>
         </is>
       </c>
       <c r="I85" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J85" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K85" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколаївська дорога, 283</t>
+          <t>вулиця Академіка Заболотного, 38-А</t>
         </is>
       </c>
       <c r="L85" s="6" t="inlineStr">
         <is>
           <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M85" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N85" s="7"/>
       <c r="O85" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P85" s="4" t="inlineStr">
         <is>
-          <t>(048)7565662</t>
-[...6 lines deleted...]
-      </c>
+          <t>(096)8913837</t>
+        </is>
+      </c>
+      <c r="Q85" s="4"/>
       <c r="R85" s="4" t="inlineStr">
         <is>
-          <t>ol-23omr@ukr.net</t>
+          <t>odesa.lyceum24@gmail.com</t>
         </is>
       </c>
       <c r="S85" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum23.srvo.od.ua</t>
+          <t>https://lyceum24.srvo.od.ua</t>
         </is>
       </c>
       <c r="T85" s="4" t="inlineStr">
         <is>
-          <t>Директор Федорова Ліна Анатоліївна</t>
+          <t>Директор Малюта Наталія Михайлівна</t>
         </is>
       </c>
       <c r="U85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X85" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y85" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 24 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 28 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B86" s="5" t="n">
-        <v>135864</v>
+        <v>146982</v>
       </c>
       <c r="C86" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 24</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 28</t>
         </is>
       </c>
       <c r="E86" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G86" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H86" s="6" t="inlineStr">
         <is>
-          <t>5110137600</t>
+          <t>5110136900</t>
         </is>
       </c>
       <c r="I86" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J86" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K86" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Заболотного, 38-А</t>
+          <t>вулиця Академіка Філатова, 13-В</t>
         </is>
       </c>
       <c r="L86" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010413116</t>
+          <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M86" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N86" s="7"/>
       <c r="O86" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P86" s="4" t="inlineStr">
         <is>
-          <t>(096)8913837</t>
+          <t>(048)7662071</t>
         </is>
       </c>
       <c r="Q86" s="4"/>
       <c r="R86" s="4" t="inlineStr">
         <is>
-          <t>odesa.lyceum24@gmail.com</t>
+          <t>od_litsei28@ukr.net</t>
         </is>
       </c>
       <c r="S86" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum24.srvo.od.ua</t>
+          <t>https://lyceum28.krvo.od.ua</t>
         </is>
       </c>
       <c r="T86" s="4" t="inlineStr">
         <is>
-          <t>Директор Малюта Наталія Михайлівна</t>
+          <t>Директор Колчіна Наталія Валентинівна</t>
         </is>
       </c>
       <c r="U86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X86" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y86" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 28 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 3 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B87" s="5" t="n">
-        <v>146982</v>
+        <v>138742</v>
       </c>
       <c r="C87" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 28</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 3</t>
         </is>
       </c>
       <c r="E87" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G87" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H87" s="6" t="inlineStr">
         <is>
-          <t>5110136900</t>
+          <t>5110137300</t>
         </is>
       </c>
       <c r="I87" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J87" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K87" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Філатова, 13-В</t>
+          <t>вулиця Бреуса, 59</t>
         </is>
       </c>
       <c r="L87" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010196805</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M87" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N87" s="7"/>
       <c r="O87" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P87" s="4" t="inlineStr">
         <is>
-          <t>(048)7662071</t>
+          <t>(094)9304712</t>
         </is>
       </c>
       <c r="Q87" s="4"/>
       <c r="R87" s="4" t="inlineStr">
         <is>
-          <t>od_litsei28@ukr.net</t>
+          <t>odlyceum3@ukr.net</t>
         </is>
       </c>
       <c r="S87" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum28.krvo.od.ua</t>
+          <t>https://lyceum3.mrvo.od.ua</t>
         </is>
       </c>
       <c r="T87" s="4" t="inlineStr">
         <is>
-          <t>Директор Колчіна Наталія Валентинівна</t>
+          <t>Директор Іванова Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X87" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 3 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 30 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B88" s="5" t="n">
-        <v>138742</v>
+        <v>135250</v>
       </c>
       <c r="C88" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 3</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 30</t>
         </is>
       </c>
       <c r="E88" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G88" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H88" s="6" t="inlineStr">
         <is>
-          <t>5110137300</t>
+          <t>5110137600</t>
         </is>
       </c>
       <c r="I88" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J88" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K88" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бреуса, 59</t>
+          <t>вулиця Чорноморського козацтва, 175</t>
         </is>
       </c>
       <c r="L88" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M88" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N88" s="7"/>
       <c r="O88" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P88" s="4" t="inlineStr">
         <is>
-          <t>(094)9304712</t>
+          <t>(097)2234398, (048)7094525</t>
         </is>
       </c>
       <c r="Q88" s="4"/>
       <c r="R88" s="4" t="inlineStr">
         <is>
-          <t>odlyceum3@ukr.net</t>
+          <t>lyceum-30-odesa@ukr.net</t>
         </is>
       </c>
       <c r="S88" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum3.mrvo.od.ua</t>
+          <t>https://lyceum30.srvo.od.ua</t>
         </is>
       </c>
       <c r="T88" s="4" t="inlineStr">
         <is>
-          <t>Директор Іванова Ірина Анатоліївна</t>
+          <t>Директор Малицька Олена Ростиславівна</t>
         </is>
       </c>
       <c r="U88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X88" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 30 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 31 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B89" s="5" t="n">
-        <v>135250</v>
+        <v>138767</v>
       </c>
       <c r="C89" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 30</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 31</t>
         </is>
       </c>
       <c r="E89" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G89" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H89" s="6" t="inlineStr">
         <is>
-          <t>5110137600</t>
+          <t>5110137300</t>
         </is>
       </c>
       <c r="I89" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J89" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K89" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чорноморського козацтва, 175</t>
+          <t>вулиця Малішевського, 90-А</t>
         </is>
       </c>
       <c r="L89" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010413116</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M89" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N89" s="7"/>
       <c r="O89" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P89" s="4" t="inlineStr">
         <is>
-          <t>(097)2234398, (048)7094525</t>
+          <t>(048)7616175, (048)7616168</t>
         </is>
       </c>
       <c r="Q89" s="4"/>
       <c r="R89" s="4" t="inlineStr">
         <is>
-          <t>lyceum-30-odesa@ukr.net</t>
+          <t>liceum-31@ukr.net</t>
         </is>
       </c>
       <c r="S89" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum30.srvo.od.ua</t>
+          <t>https://lyceum31.mrvo.od.ua</t>
         </is>
       </c>
       <c r="T89" s="4" t="inlineStr">
         <is>
-          <t>Директор Малицька Олена Ростиславівна</t>
+          <t>Директор Кустурова Ольга Іванівна</t>
         </is>
       </c>
       <c r="U89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X89" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 31 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 32 ОДЕСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
       <c r="B90" s="5" t="n">
-        <v>138767</v>
+        <v>138762</v>
       </c>
       <c r="C90" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 31</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ № 32</t>
         </is>
       </c>
       <c r="E90" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G90" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H90" s="6" t="inlineStr">
         <is>
           <t>5110137300</t>
         </is>
       </c>
       <c r="I90" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J90" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K90" s="4" t="inlineStr">
         <is>
-          <t>вулиця Малішевського, 90-А</t>
+          <t>вулиця Космонавтів, 60</t>
         </is>
       </c>
       <c r="L90" s="6" t="inlineStr">
         <is>
           <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M90" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N90" s="7"/>
       <c r="O90" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P90" s="4" t="inlineStr">
         <is>
-          <t>(048)7616175, (048)7616168</t>
+          <t>(048)7630393</t>
         </is>
       </c>
       <c r="Q90" s="4"/>
       <c r="R90" s="4" t="inlineStr">
         <is>
-          <t>liceum-31@ukr.net</t>
+          <t>school-s32@ukr.net</t>
         </is>
       </c>
       <c r="S90" s="4" t="inlineStr">
         <is>
-          <t>https://lyceum31.mrvo.od.ua</t>
+          <t>https://school32.mrvo.od.ua</t>
         </is>
       </c>
       <c r="T90" s="4" t="inlineStr">
         <is>
-          <t>Директор Кустурова Ольга Іванівна</t>
+          <t>Директор Королькова Олена Вікторівна</t>
         </is>
       </c>
       <c r="U90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X90" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y90" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
@@ -10384,51 +10384,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G91" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H91" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I91" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J91" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K91" s="4" t="inlineStr">
         <is>
-          <t>проспект Гагаріна, 3</t>
+          <t>вулиця Лесі Українки, 3</t>
         </is>
       </c>
       <c r="L91" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M91" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N91" s="7"/>
       <c r="O91" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P91" s="4" t="inlineStr">
         <is>
           <t>(048)7363435</t>
         </is>
       </c>
       <c r="Q91" s="4"/>
       <c r="R91" s="4" t="inlineStr">
@@ -11559,51 +11559,51 @@
       </c>
       <c r="N101" s="7"/>
       <c r="O101" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P101" s="4" t="inlineStr">
         <is>
           <t>(048)7216783</t>
         </is>
       </c>
       <c r="Q101" s="4"/>
       <c r="R101" s="4" t="inlineStr">
         <is>
           <t>ol5omr@ukr.net</t>
         </is>
       </c>
       <c r="S101" s="4" t="inlineStr">
         <is>
           <t>https://lyceum5.srvo.od.ua</t>
         </is>
       </c>
       <c r="T101" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бурачковська Світлана Сергіївна</t>
+          <t>Директор Бірман Ольга Олександрівна</t>
         </is>
       </c>
       <c r="U101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X101" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y101" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
@@ -11982,51 +11982,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G105" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H105" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I105" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J105" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K105" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ільфа і Петрова, 25</t>
+          <t>вулиця Сім'ї Глодан, 25</t>
         </is>
       </c>
       <c r="L105" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M105" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N105" s="7"/>
       <c r="O105" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P105" s="4" t="inlineStr">
         <is>
           <t>(048)7444341</t>
         </is>
       </c>
       <c r="Q105" s="4"/>
       <c r="R105" s="4" t="inlineStr">
@@ -13459,51 +13459,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G118" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H118" s="6" t="inlineStr">
         <is>
           <t>5110137600</t>
         </is>
       </c>
       <c r="I118" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J118" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K118" s="4" t="inlineStr">
         <is>
-          <t>вулиця Паустовського, 17-А</t>
+          <t>вулиця 28 бригади, 17-А</t>
         </is>
       </c>
       <c r="L118" s="6" t="inlineStr">
         <is>
           <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M118" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N118" s="7"/>
       <c r="O118" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P118" s="4" t="inlineStr">
         <is>
           <t>(048)7556222</t>
         </is>
       </c>
       <c r="Q118" s="4"/>
       <c r="R118" s="4" t="inlineStr">
@@ -13572,51 +13572,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G119" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H119" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I119" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J119" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K119" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ільфа і Петрова, 15-А</t>
+          <t>вулиця Сім'ї Глодан, 15А</t>
         </is>
       </c>
       <c r="L119" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M119" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N119" s="7"/>
       <c r="O119" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P119" s="4" t="inlineStr">
         <is>
           <t>(048)7444172</t>
         </is>
       </c>
       <c r="Q119" s="4"/>
       <c r="R119" s="4" t="inlineStr">
@@ -13911,51 +13911,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G122" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H122" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I122" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J122" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K122" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ільфа і Петрова, 13/1</t>
+          <t>вулиця Сім'ї Глодан, 13/1</t>
         </is>
       </c>
       <c r="L122" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M122" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N122" s="7"/>
       <c r="O122" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P122" s="4" t="inlineStr">
         <is>
           <t>(048)7445531, (048)7448439</t>
         </is>
       </c>
       <c r="Q122" s="4" t="inlineStr">
         <is>
@@ -14262,51 +14262,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G125" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H125" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I125" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J125" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K125" s="4" t="inlineStr">
         <is>
-          <t>проспект Академіка Глушка, 1/6</t>
+          <t>проспект Князя Ярослава Мудрого, 1/6</t>
         </is>
       </c>
       <c r="L125" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M125" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N125" s="7"/>
       <c r="O125" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P125" s="4" t="inlineStr">
         <is>
           <t>(048)7023948</t>
         </is>
       </c>
       <c r="Q125" s="4"/>
       <c r="R125" s="4" t="inlineStr">
@@ -14601,51 +14601,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G128" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H128" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I128" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J128" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K128" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ільфа і Петрова, 45</t>
+          <t>вулиця Сім'ї Глодан, 45</t>
         </is>
       </c>
       <c r="L128" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M128" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N128" s="7"/>
       <c r="O128" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P128" s="4" t="inlineStr">
         <is>
           <t>(048)7494201, (048)7469351</t>
         </is>
       </c>
       <c r="Q128" s="4"/>
       <c r="R128" s="4" t="inlineStr">
@@ -15747,51 +15747,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G138" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H138" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I138" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J138" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K138" s="4" t="inlineStr">
         <is>
-          <t>проспект Гагаріна, 6</t>
+          <t>проспект Лесі Українки, 6</t>
         </is>
       </c>
       <c r="L138" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M138" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N138" s="7"/>
       <c r="O138" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P138" s="4" t="inlineStr">
         <is>
           <t>(048)7762097</t>
         </is>
       </c>
       <c r="Q138" s="4"/>
       <c r="R138" s="4" t="inlineStr">
@@ -15973,51 +15973,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G140" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H140" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I140" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J140" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K140" s="4" t="inlineStr">
         <is>
-          <t>вулиця Льва Толстого, 9</t>
+          <t>вулиця Кіри Муратової, 9</t>
         </is>
       </c>
       <c r="L140" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M140" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N140" s="7"/>
       <c r="O140" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P140" s="4" t="inlineStr">
         <is>
           <t>(048)7265979</t>
         </is>
       </c>
       <c r="Q140" s="4"/>
       <c r="R140" s="4" t="inlineStr">
@@ -16349,51 +16349,51 @@
       </c>
       <c r="N143" s="7"/>
       <c r="O143" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P143" s="4" t="inlineStr">
         <is>
           <t>(048)7865452</t>
         </is>
       </c>
       <c r="Q143" s="4"/>
       <c r="R143" s="4" t="inlineStr">
         <is>
           <t>odolympian@ukr.net</t>
         </is>
       </c>
       <c r="S143" s="4" t="inlineStr">
         <is>
           <t>https://l-olympian.krvo.od.ua</t>
         </is>
       </c>
       <c r="T143" s="4" t="inlineStr">
         <is>
-          <t>Директор Трояк Юрій Михайлович</t>
+          <t>В.о. директора Дімов Степан Федорович</t>
         </is>
       </c>
       <c r="U143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W143" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X143" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y143" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
@@ -18060,5098 +18060,5433 @@
       <c r="U158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X158" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y158" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ОДЕСЬКИЙ ЛІЦЕЙ "ГАРМОНІЯ - XXІ СТОЛІТТЯ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) Міжнародний Ліцей "Покоління майбутнього"</t>
         </is>
       </c>
       <c r="B159" s="5" t="n">
-        <v>149606</v>
+        <v>176949</v>
       </c>
       <c r="C159" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
-          <t>ПО (УЗ) "ОДЕСЬКИЙ ЛІЦЕЙ "ГАРМОНІЯ - XXІ СТОЛІТТЯ"</t>
+          <t>Міжнародний Ліцей "Покоління майбутнього"</t>
         </is>
       </c>
       <c r="E159" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G159" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H159" s="6" t="inlineStr">
         <is>
-          <t>5110137300</t>
+          <t>5110100000</t>
         </is>
       </c>
       <c r="I159" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J159" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K159" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Філатова, 84-А</t>
+          <t>вулиця Люстдорфська дорога, 100Ж</t>
         </is>
       </c>
       <c r="L159" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M159" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N159" s="7"/>
       <c r="O159" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P159" s="4" t="inlineStr">
         <is>
-          <t>(048)7007003</t>
+          <t>(098)3861102, (096)7778848</t>
         </is>
       </c>
       <c r="Q159" s="4"/>
       <c r="R159" s="4" t="inlineStr">
         <is>
-          <t>tg251503@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S159" s="4"/>
+          <t>lyceumgf@gmail.com</t>
+        </is>
+      </c>
+      <c r="S159" s="4" t="inlineStr">
+        <is>
+          <t>www.lyceumgf.com.ua</t>
+        </is>
+      </c>
       <c r="T159" s="4" t="inlineStr">
         <is>
-          <t>Директор Спірідонова Тетяна Германівна</t>
+          <t>Директор Караянєва Світлана Петрівна</t>
         </is>
       </c>
       <c r="U159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X159" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y159" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ОДЕСЬКИЙ ЛІЦЕЙ "МРІЯ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ОДЕСЬКИЙ ЛІЦЕЙ "АЗБУКА"</t>
         </is>
       </c>
       <c r="B160" s="5" t="n">
-        <v>150472</v>
+        <v>176959</v>
       </c>
       <c r="C160" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
-          <t>ПО (УЗ) "ОДЕСЬКИЙ ЛІЦЕЙ"МРІЯ"</t>
+          <t>ЛІЦЕЙ "АЗБУКА"</t>
         </is>
       </c>
       <c r="E160" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G160" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H160" s="6" t="inlineStr">
         <is>
-          <t>5110137300</t>
+          <t>5110100000</t>
         </is>
       </c>
       <c r="I160" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J160" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K160" s="4" t="inlineStr">
         <is>
-          <t>вулиця Маршала Малиновського, 18 Б</t>
+          <t>вулиця Корольова академіка, 92-а</t>
         </is>
       </c>
       <c r="L160" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M160" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N160" s="7"/>
       <c r="O160" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P160" s="4" t="inlineStr">
         <is>
-          <t>(063)7351211, (048)7351211</t>
+          <t>(063)5902506, (063)4586962</t>
         </is>
       </c>
       <c r="Q160" s="4"/>
       <c r="R160" s="4" t="inlineStr">
         <is>
-          <t>school@mriya.org.ua</t>
+          <t>odessaazbuka@gmail.com</t>
         </is>
       </c>
       <c r="S160" s="4" t="inlineStr">
         <is>
-          <t>mriya.org.ua</t>
+          <t>Azbuka-chid.od.ua</t>
         </is>
       </c>
       <c r="T160" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Філюк Ольга Іванівна</t>
+          <t>Директор Сейдаметова Олександра Сергіївна</t>
         </is>
       </c>
       <c r="U160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X160" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y160" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ПРИВАТНА ЗАГАЛЬНООСВІТНЯ ШКОЛА ІІ-ІІІ СТУПЕНІВ "ПРІМА СКУЛ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ОДЕСЬКИЙ ЛІЦЕЙ "ГАРМОНІЯ - XXІ СТОЛІТТЯ"</t>
         </is>
       </c>
       <c r="B161" s="5" t="n">
-        <v>176531</v>
+        <v>149606</v>
       </c>
       <c r="C161" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ЗАГАЛЬНООСВІТНЯ ШКОЛА ІІ-ІІІ СТУПЕНІВ "ПРІМА СКУЛ"</t>
+          <t>ПО (УЗ) "ОДЕСЬКИЙ ЛІЦЕЙ "ГАРМОНІЯ - XXІ СТОЛІТТЯ"</t>
         </is>
       </c>
       <c r="E161" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G161" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H161" s="6" t="inlineStr">
         <is>
-          <t>5110136900</t>
+          <t>5110137300</t>
         </is>
       </c>
       <c r="I161" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J161" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K161" s="4" t="inlineStr">
         <is>
-          <t>вулиця Довга, 104</t>
+          <t>вулиця Академіка Філатова, 84-А</t>
         </is>
       </c>
       <c r="L161" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010196805</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M161" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N161" s="7"/>
       <c r="O161" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P161" s="4" t="inlineStr">
         <is>
-          <t>(050)3950940</t>
+          <t>(048)7007003</t>
         </is>
       </c>
       <c r="Q161" s="4"/>
       <c r="R161" s="4" t="inlineStr">
         <is>
-          <t>info.prima.school@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>tg251503@gmail.com</t>
+        </is>
+      </c>
+      <c r="S161" s="4"/>
       <c r="T161" s="4" t="inlineStr">
         <is>
-          <t>Директор Танчук Інесса Версавіївна</t>
+          <t>Директор Спірідонова Тетяна Германівна</t>
         </is>
       </c>
       <c r="U161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X161" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y161" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКА ПОЧАТКОВА ШКОЛА "ЛАДУСІ ПЛЮС"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ОДЕСЬКИЙ ЛІЦЕЙ "МРІЯ"</t>
         </is>
       </c>
       <c r="B162" s="5" t="n">
-        <v>176584</v>
+        <v>150472</v>
       </c>
       <c r="C162" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
-          <t>ПО (УСТАНОВА, ЗАКЛАД) ПЗ "ОПШ "ЛАДУСІ ПЛЮС"</t>
+          <t>ПО (УЗ) "ОДЕСЬКИЙ ЛІЦЕЙ"МРІЯ"</t>
         </is>
       </c>
       <c r="E162" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G162" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H162" s="6" t="inlineStr">
         <is>
-          <t>5110100000</t>
+          <t>5110137300</t>
         </is>
       </c>
       <c r="I162" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J162" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K162" s="4" t="inlineStr">
         <is>
-          <t>вулиця Львівська, 70</t>
+          <t>вулиця Маршала Малиновського, 18 Б</t>
         </is>
       </c>
       <c r="L162" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M162" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N162" s="7"/>
       <c r="O162" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P162" s="4" t="inlineStr">
         <is>
-          <t>(097)3078657</t>
+          <t>(063)7351211, (048)7351211</t>
         </is>
       </c>
       <c r="Q162" s="4"/>
       <c r="R162" s="4" t="inlineStr">
         <is>
-          <t>rusnakvalya@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S162" s="4"/>
+          <t>school@mriya.org.ua</t>
+        </is>
+      </c>
+      <c r="S162" s="4" t="inlineStr">
+        <is>
+          <t>mriya.org.ua</t>
+        </is>
+      </c>
       <c r="T162" s="4" t="inlineStr">
         <is>
-          <t>Директор Соколова Катерина Сергіївна</t>
+          <t>В.о. директора Філюк Ольга Іванівна</t>
         </is>
       </c>
       <c r="U162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X162" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y162" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ ОДЕСЬКА ПРИВАТНА САЛЕЗІЯНСЬКА ГІМНАЗІЯ І-ІІ СТУПЕНЯ ''НАРНІЯ''</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ПРИВАТНА ЗАГАЛЬНООСВІТНЯ ШКОЛА ІІ-ІІІ СТУПЕНІВ "ПРІМА СКУЛ"</t>
         </is>
       </c>
       <c r="B163" s="5" t="n">
-        <v>147409</v>
+        <v>176531</v>
       </c>
       <c r="C163" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
-          <t>ГІМНАЗІЯ ''НАРНІЯ''</t>
+          <t>ПРИВАТНА ЗАГАЛЬНООСВІТНЯ ШКОЛА ІІ-ІІІ СТУПЕНІВ "ПРІМА СКУЛ"</t>
         </is>
       </c>
       <c r="E163" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G163" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H163" s="6" t="inlineStr">
         <is>
-          <t>5110137300</t>
+          <t>5110136900</t>
         </is>
       </c>
       <c r="I163" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J163" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K163" s="4" t="inlineStr">
         <is>
-          <t>вулиця МАЛИНОВСЬКОГО, 35 А</t>
+          <t>вулиця Довга, 104</t>
         </is>
       </c>
       <c r="L163" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M163" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N163" s="7"/>
       <c r="O163" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P163" s="4" t="inlineStr">
         <is>
-          <t>(067)703-18-76, (067)4895177</t>
+          <t>(050)3950940</t>
         </is>
       </c>
       <c r="Q163" s="4"/>
       <c r="R163" s="4" t="inlineStr">
         <is>
-          <t>uvknarnia@ukr.net</t>
+          <t>info.prima.school@gmail.com</t>
         </is>
       </c>
       <c r="S163" s="4" t="inlineStr">
         <is>
-          <t>http://narnia.sdb.org.ua</t>
+          <t>Prima-school.com.ua</t>
         </is>
       </c>
       <c r="T163" s="4" t="inlineStr">
         <is>
-          <t>Директор Піонтік Катерина Володимирівна</t>
+          <t>Директор Танчук Інесса Версавіївна</t>
         </is>
       </c>
       <c r="U163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X163" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y163" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ПОЧАТКОВА ШКОЛА І СТУПЕНЯ "ПРІМА СКУЛ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКА ПОЧАТКОВА ШКОЛА "ЛАДУСІ ПЛЮС"</t>
         </is>
       </c>
       <c r="B164" s="5" t="n">
-        <v>150526</v>
+        <v>176584</v>
       </c>
       <c r="C164" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
-          <t>ППШ "ПРІМА СКУЛ"</t>
+          <t>ПО (УСТАНОВА, ЗАКЛАД) ПЗ "ОПШ "ЛАДУСІ ПЛЮС"</t>
         </is>
       </c>
       <c r="E164" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G164" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H164" s="6" t="inlineStr">
         <is>
-          <t>5110136900</t>
+          <t>5110100000</t>
         </is>
       </c>
       <c r="I164" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J164" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K164" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фонтанська дорога, 58/5</t>
+          <t>вулиця Львівська, 70</t>
         </is>
       </c>
       <c r="L164" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010196805</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M164" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N164" s="7"/>
       <c r="O164" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P164" s="4" t="inlineStr">
         <is>
-          <t>(050)3950940</t>
+          <t>(097)3078657</t>
         </is>
       </c>
       <c r="Q164" s="4"/>
       <c r="R164" s="4" t="inlineStr">
         <is>
-          <t>info@prima-school.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>rusnakvalya@ukr.net</t>
+        </is>
+      </c>
+      <c r="S164" s="4"/>
       <c r="T164" s="4" t="inlineStr">
         <is>
-          <t>Директор Танчук Інесса Вєрсавіївна</t>
+          <t>Директор Соколова Катерина Сергіївна</t>
         </is>
       </c>
       <c r="U164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X164" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y164" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="4" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Одеський ліцей "МАЙБУТТЯ""</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ ОДЕСЬКА ПРИВАТНА САЛЕЗІЯНСЬКА ГІМНАЗІЯ І-ІІ СТУПЕНЯ ''НАРНІЯ''</t>
         </is>
       </c>
       <c r="B165" s="5" t="n">
-        <v>148152</v>
+        <v>147409</v>
       </c>
       <c r="C165" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
-          <t>ліцей "МАЙБУТТЯ"</t>
+          <t>ГІМНАЗІЯ ''НАРНІЯ''</t>
         </is>
       </c>
       <c r="E165" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G165" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H165" s="6" t="inlineStr">
         <is>
           <t>5110137300</t>
         </is>
       </c>
       <c r="I165" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J165" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K165" s="4" t="inlineStr">
         <is>
-          <t>вулиця Радісна, 21-А</t>
+          <t>вулиця МАЛИНОВСЬКОГО, 35 А</t>
         </is>
       </c>
       <c r="L165" s="6" t="inlineStr">
         <is>
           <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M165" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N165" s="7"/>
       <c r="O165" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P165" s="4" t="inlineStr">
         <is>
-          <t>(048)7004490, (094)9527490</t>
+          <t>(067)703-18-76, (067)4895177</t>
         </is>
       </c>
       <c r="Q165" s="4"/>
       <c r="R165" s="4" t="inlineStr">
         <is>
-          <t>maibuttya@gmail.com</t>
+          <t>uvknarnia@ukr.net</t>
         </is>
       </c>
       <c r="S165" s="4" t="inlineStr">
         <is>
-          <t>www.maibuttya.com.ua</t>
+          <t>http://narnia.sdb.org.ua</t>
         </is>
       </c>
       <c r="T165" s="4" t="inlineStr">
         <is>
-          <t>Директор Биков Іван Вікторович</t>
+          <t>Директор Піонтік Катерина Володимирівна</t>
         </is>
       </c>
       <c r="U165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X165" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y165" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНЕ ПІДПРИЄМСТВО "ОДЕСЬКИЙ ПРИВАТНИЙ ЗАКЛАД ОСВІТИ І-ІІІ СТУПЕНІВ "КОРАБЕЛЬ МРІЇ" - ЛІЦЕЙ З ПОГЛИБЛЕНИМ ВИВЧЕННЯМ ІНОЗЕМНИХ МОВ ОДЕСЬКОЇ ОБЛАСТІ"</t>
+          <t>ПРИВАТНА ПОЧАТКОВА ШКОЛА І СТУПЕНЯ "ПРІМА СКУЛ"</t>
         </is>
       </c>
       <c r="B166" s="5" t="n">
-        <v>176480</v>
+        <v>150526</v>
       </c>
       <c r="C166" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
-          <t>ЛІЦЕЙ «КОРАБЕЛЬ МРІЇ»</t>
+          <t>ППШ "ПРІМА СКУЛ"</t>
         </is>
       </c>
       <c r="E166" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G166" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H166" s="6" t="inlineStr">
         <is>
-          <t>5110137600</t>
+          <t>5110136900</t>
         </is>
       </c>
       <c r="I166" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J166" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K166" s="4" t="inlineStr">
         <is>
-          <t>вулиця Капітана Кузнецова, 69</t>
+          <t>вулиця Фонтанська дорога, 58/5</t>
         </is>
       </c>
       <c r="L166" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010413116</t>
+          <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M166" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N166" s="7"/>
       <c r="O166" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P166" s="4" t="inlineStr">
         <is>
-          <t>(097)4921714</t>
+          <t>(050)3950940</t>
         </is>
       </c>
       <c r="Q166" s="4"/>
       <c r="R166" s="4" t="inlineStr">
         <is>
-          <t>kuprianov541@ukr.net</t>
+          <t>info@prima-school.com.ua</t>
         </is>
       </c>
       <c r="S166" s="4" t="inlineStr">
         <is>
-          <t>www.shipdreams.org</t>
+          <t>Prima-school.com.ua</t>
         </is>
       </c>
       <c r="T166" s="4" t="inlineStr">
         <is>
-          <t>Директор Купріянов Іван Сергійович</t>
+          <t>Директор Танчук Інесса Вєрсавіївна</t>
         </is>
       </c>
       <c r="U166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X166" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y166" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ''ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ''ПОЧАТКОВА ШКОЛА ОСТРІВЕЦЬ''</t>
+          <t>Приватне підприємство "Одеський ліцей "МАЙБУТТЯ""</t>
         </is>
       </c>
       <c r="B167" s="5" t="n">
-        <v>149621</v>
+        <v>148152</v>
       </c>
       <c r="C167" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
-          <t>ПОЧАТКОВА ШКОЛА ''ОСТРІВЕЦЬ''</t>
+          <t>ліцей "МАЙБУТТЯ"</t>
         </is>
       </c>
       <c r="E167" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G167" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H167" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110137300</t>
         </is>
       </c>
       <c r="I167" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J167" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K167" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пішонівська, 20</t>
+          <t>вулиця Радісна, 21-А</t>
         </is>
       </c>
       <c r="L167" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M167" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N167" s="7"/>
       <c r="O167" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P167" s="4" t="inlineStr">
         <is>
-          <t>(067)5675962</t>
+          <t>(048)7004490, (094)9527490</t>
         </is>
       </c>
       <c r="Q167" s="4"/>
       <c r="R167" s="4" t="inlineStr">
         <is>
-          <t>ostrovok01@gmail.com</t>
+          <t>maibuttya@gmail.com</t>
         </is>
       </c>
       <c r="S167" s="4" t="inlineStr">
         <is>
-          <t>ostrovok.com.ua</t>
+          <t>www.maibuttya.com.ua</t>
         </is>
       </c>
       <c r="T167" s="4" t="inlineStr">
         <is>
-          <t>Директор Боголюбова Олена Володимирівна</t>
+          <t>Директор Биков Іван Вікторович</t>
         </is>
       </c>
       <c r="U167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X167" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y167" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ "ІТ СТЕП СКУЛ ОДЕСА"</t>
+          <t>ПРИВАТНЕ ПІДПРИЄМСТВО "ОДЕСЬКИЙ ПРИВАТНИЙ ЗАКЛАД ОСВІТИ І-ІІІ СТУПЕНІВ "КОРАБЕЛЬ МРІЇ" - ЛІЦЕЙ З ПОГЛИБЛЕНИМ ВИВЧЕННЯМ ІНОЗЕМНИХ МОВ ОДЕСЬКОЇ ОБЛАСТІ"</t>
         </is>
       </c>
       <c r="B168" s="5" t="n">
-        <v>176478</v>
+        <v>176480</v>
       </c>
       <c r="C168" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
-          <t>ЛІЦЕЙ "ІТ СТЕП СКУЛ ОДЕСА"</t>
+          <t>ЛІЦЕЙ «КОРАБЕЛЬ МРІЇ»</t>
         </is>
       </c>
       <c r="E168" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G168" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H168" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110137600</t>
         </is>
       </c>
       <c r="I168" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J168" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K168" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 3</t>
+          <t>вулиця Капітана Кузнецова, 69</t>
         </is>
       </c>
       <c r="L168" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M168" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N168" s="7"/>
       <c r="O168" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P168" s="4" t="inlineStr">
         <is>
-          <t>(067)9399818</t>
+          <t>(097)4921714</t>
         </is>
       </c>
       <c r="Q168" s="4"/>
       <c r="R168" s="4" t="inlineStr">
         <is>
-          <t>korchevoj_s@itstep.org</t>
+          <t>kuprianov541@ukr.net</t>
         </is>
       </c>
       <c r="S168" s="4" t="inlineStr">
         <is>
-          <t>od.itstep.org/its-school</t>
+          <t>www.shipdreams.org</t>
         </is>
       </c>
       <c r="T168" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Корчовий Сергій Вадимович</t>
+          <t>Директор Купріянов Іван Сергійович</t>
         </is>
       </c>
       <c r="U168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X168" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y168" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКА ПОЧАТКОВА ШКОЛА "АЗБУКА"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ''ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ''ПОЧАТКОВА ШКОЛА ОСТРІВЕЦЬ''</t>
         </is>
       </c>
       <c r="B169" s="5" t="n">
-        <v>176721</v>
+        <v>149621</v>
       </c>
       <c r="C169" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "ОПШ "АЗБУКА"</t>
+          <t>ПОЧАТКОВА ШКОЛА ''ОСТРІВЕЦЬ''</t>
         </is>
       </c>
       <c r="E169" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G169" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H169" s="6" t="inlineStr">
         <is>
-          <t>5110100000</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I169" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J169" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K169" s="4" t="inlineStr">
         <is>
-          <t>вулиця Балківська, 31, оф. 5</t>
+          <t>вулиця Пішонівська, 20</t>
         </is>
       </c>
       <c r="L169" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M169" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N169" s="7"/>
       <c r="O169" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P169" s="4" t="inlineStr">
         <is>
-          <t>(063)5902506</t>
+          <t>(067)5675962</t>
         </is>
       </c>
       <c r="Q169" s="4"/>
       <c r="R169" s="4" t="inlineStr">
         <is>
-          <t>odessaazbuka@gmail.com</t>
+          <t>ostrovok01@gmail.com</t>
         </is>
       </c>
       <c r="S169" s="4" t="inlineStr">
         <is>
-          <t>Azbuka-child.od.ua</t>
+          <t>ostrovok.com.ua</t>
         </is>
       </c>
       <c r="T169" s="4" t="inlineStr">
         <is>
-          <t>Директор Сейдаметова Олександра Сергіївна</t>
+          <t>Директор Боголюбова Олена Володимирівна</t>
         </is>
       </c>
       <c r="U169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X169" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y169" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКА ПОЧАТКОВА ШКОЛА "НОВА ГЕНЕРАЦІЯ"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ "ІТ СТЕП СКУЛ ОДЕСА"</t>
         </is>
       </c>
       <c r="B170" s="5" t="n">
-        <v>176863</v>
+        <v>176478</v>
       </c>
       <c r="C170" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "ОПШ "НОВА ГЕНЕРАЦІЯ"</t>
+          <t>ЛІЦЕЙ "ІТ СТЕП СКУЛ ОДЕСА"</t>
         </is>
       </c>
       <c r="E170" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G170" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H170" s="6" t="inlineStr">
         <is>
-          <t>5110100000</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I170" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J170" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K170" s="4" t="inlineStr">
         <is>
-          <t>провулок Травневий, 8/4</t>
+          <t>вулиця Садова, 3</t>
         </is>
       </c>
       <c r="L170" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M170" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N170" s="7"/>
       <c r="O170" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P170" s="4" t="inlineStr">
         <is>
-          <t>(097)1630408</t>
+          <t>(067)9399818</t>
         </is>
       </c>
       <c r="Q170" s="4"/>
       <c r="R170" s="4" t="inlineStr">
         <is>
-          <t>newgen.ods@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S170" s="4"/>
+          <t>korchevoj_s@itstep.org</t>
+        </is>
+      </c>
+      <c r="S170" s="4" t="inlineStr">
+        <is>
+          <t>od.itstep.org/its-school</t>
+        </is>
+      </c>
       <c r="T170" s="4" t="inlineStr">
         <is>
-          <t>Директор Василенко Крістіна Юріївна</t>
+          <t>Т.в.о. директора Корчовий Сергій Вадимович</t>
         </is>
       </c>
       <c r="U170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X170" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y170" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Одеська початкова школа "Стар Тайм"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКА ПОЧАТКОВА ШКОЛА "АЗБУКА"</t>
         </is>
       </c>
       <c r="B171" s="5" t="n">
-        <v>176586</v>
+        <v>176721</v>
       </c>
       <c r="C171" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D171" s="4"/>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>ПЗ "ОПШ "АЗБУКА"</t>
+        </is>
+      </c>
       <c r="E171" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G171" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H171" s="6" t="inlineStr">
         <is>
           <t>5110100000</t>
         </is>
       </c>
       <c r="I171" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J171" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K171" s="4" t="inlineStr">
         <is>
-          <t>провулок Пироговський, 8</t>
+          <t>вулиця Балківська, 31, оф. 5</t>
         </is>
       </c>
       <c r="L171" s="6" t="inlineStr">
         <is>
           <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M171" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N171" s="7"/>
       <c r="O171" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P171" s="4" t="inlineStr">
         <is>
-          <t>(048)7725787</t>
+          <t>(063)5902506</t>
         </is>
       </c>
       <c r="Q171" s="4"/>
       <c r="R171" s="4" t="inlineStr">
         <is>
-          <t>shool@startime.ua</t>
-[...2 lines deleted...]
-      <c r="S171" s="4"/>
+          <t>odessaazbuka@gmail.com</t>
+        </is>
+      </c>
+      <c r="S171" s="4" t="inlineStr">
+        <is>
+          <t>Azbuka-child.od.ua</t>
+        </is>
+      </c>
       <c r="T171" s="4" t="inlineStr">
         <is>
-          <t>Директор Паньковець Лілія Зиновіївна</t>
+          <t>Директор Сейдаметова Олександра Сергіївна</t>
         </is>
       </c>
       <c r="U171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X171" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y171" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Одеська приватна початкова школа "Нове Покоління"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКА ПОЧАТКОВА ШКОЛА "НОВА ГЕНЕРАЦІЯ"</t>
         </is>
       </c>
       <c r="B172" s="5" t="n">
-        <v>176860</v>
+        <v>176863</v>
       </c>
       <c r="C172" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "Одеська приватна початкова школа "Нове Покоління"</t>
+          <t>ПЗ "ОПШ "НОВА ГЕНЕРАЦІЯ"</t>
         </is>
       </c>
       <c r="E172" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G172" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H172" s="6" t="inlineStr">
         <is>
-          <t>5110136900</t>
+          <t>5110100000</t>
         </is>
       </c>
       <c r="I172" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J172" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K172" s="4" t="inlineStr">
         <is>
-          <t>провулок провулок Шишкіна 3, 1</t>
+          <t>провулок Травневий, 8/4</t>
         </is>
       </c>
       <c r="L172" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010196805</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M172" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N172" s="7"/>
       <c r="O172" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P172" s="4" t="inlineStr">
         <is>
-          <t>(067)7520505</t>
+          <t>(097)1630408</t>
         </is>
       </c>
       <c r="Q172" s="4"/>
       <c r="R172" s="4" t="inlineStr">
         <is>
-          <t>novepokolinnya4@gmail.com</t>
+          <t>newgen.ods@gmail.com</t>
         </is>
       </c>
       <c r="S172" s="4"/>
       <c r="T172" s="4" t="inlineStr">
         <is>
-          <t>Директор Донцова Марина Анатоліївна</t>
+          <t>Директор Василенко Крістіна Юріївна</t>
         </is>
       </c>
       <c r="U172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X172" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y172" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ЛІЦЕЙ "ВЄДА"</t>
+          <t>Приватний заклад "Одеська початкова школа "Стар Тайм"</t>
         </is>
       </c>
       <c r="B173" s="5" t="n">
-        <v>150471</v>
+        <v>176586</v>
       </c>
       <c r="C173" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D173" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D173" s="4"/>
       <c r="E173" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G173" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H173" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110100000</t>
         </is>
       </c>
       <c r="I173" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J173" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K173" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мечникова, 32А</t>
+          <t>провулок Пироговський, 8</t>
         </is>
       </c>
       <c r="L173" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M173" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N173" s="7"/>
       <c r="O173" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P173" s="4" t="inlineStr">
         <is>
-          <t>(063)4988235</t>
+          <t>(048)7725787</t>
         </is>
       </c>
       <c r="Q173" s="4"/>
       <c r="R173" s="4" t="inlineStr">
         <is>
-          <t>edu-veda@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>shool@startime.ua</t>
+        </is>
+      </c>
+      <c r="S173" s="4"/>
       <c r="T173" s="4" t="inlineStr">
         <is>
-          <t>Директор Немерцалова Марина Володимирівна</t>
+          <t>Директор Паньковець Лілія Зиновіївна</t>
         </is>
       </c>
       <c r="U173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X173" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y173" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ЛІЦЕЙ "МІЖНАРОДНА ШКОЛА ВЄДА"</t>
+          <t>Приватний заклад "Одеська приватна початкова школа "Нове Покоління"</t>
         </is>
       </c>
       <c r="B174" s="5" t="n">
-        <v>176793</v>
+        <v>176860</v>
       </c>
       <c r="C174" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
-          <t>ОДЕСЬКИЙ ЛІЦЕЙ "МІЖНАРОДНА ШКОЛА ВЄДА"</t>
+          <t>ПЗ "Одеська приватна початкова школа "Нове Покоління"</t>
         </is>
       </c>
       <c r="E174" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G174" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H174" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I174" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J174" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K174" s="4" t="inlineStr">
         <is>
-          <t>вулиця Проценка, будинок 50, корпус 3, приміщення</t>
+          <t>провулок провулок Шишкіна 3, 1</t>
         </is>
       </c>
       <c r="L174" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M174" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N174" s="7"/>
       <c r="O174" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P174" s="4" t="inlineStr">
         <is>
-          <t>(093)1690106</t>
+          <t>(067)7520505</t>
         </is>
       </c>
       <c r="Q174" s="4"/>
       <c r="R174" s="4" t="inlineStr">
         <is>
-          <t>veda.liceum@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>novepokolinnya4@gmail.com</t>
+        </is>
+      </c>
+      <c r="S174" s="4"/>
       <c r="T174" s="4" t="inlineStr">
         <is>
-          <t>Директор Полєвцєва Анна Сергіївна</t>
+          <t>Директор Донцова Марина Анатоліївна</t>
         </is>
       </c>
       <c r="U174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X174" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y174" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ЛІЦЕЙ "ЧОРНОМОРСЬКИЙ"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ЛІЦЕЙ "ВЄДА"</t>
         </is>
       </c>
       <c r="B175" s="5" t="n">
-        <v>147385</v>
+        <v>150471</v>
       </c>
       <c r="C175" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "ОДЕСЬКИЙ ЛІЦЕЙ "ЧОРНОМОРСЬКИЙ"</t>
+          <t>Одеський ліцей "ВЄДА"</t>
         </is>
       </c>
       <c r="E175" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G175" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H175" s="6" t="inlineStr">
         <is>
-          <t>5110136900</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I175" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J175" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K175" s="4" t="inlineStr">
         <is>
-          <t>вулиця Варненська, 3-А</t>
+          <t>вулиця Мечникова, 32А</t>
         </is>
       </c>
       <c r="L175" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010196805</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M175" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N175" s="7"/>
       <c r="O175" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P175" s="4" t="inlineStr">
         <is>
-          <t>(048)7662112, (048)7662005</t>
+          <t>(063)4988235</t>
         </is>
       </c>
       <c r="Q175" s="4"/>
       <c r="R175" s="4" t="inlineStr">
         <is>
-          <t>chernomorsky@hotmail.com</t>
+          <t>edu-veda@i.ua</t>
         </is>
       </c>
       <c r="S175" s="4" t="inlineStr">
         <is>
-          <t>chornomorskiy.com.ua</t>
+          <t>veda.in.ua</t>
         </is>
       </c>
       <c r="T175" s="4" t="inlineStr">
         <is>
-          <t>Директор Стоянов Сергій Михайлович</t>
+          <t>Директор Немерцалова Марина Володимирівна</t>
         </is>
       </c>
       <c r="U175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X175" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y175" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "АНТАРКТИКА"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ЛІЦЕЙ "МІЖНАРОДНА ШКОЛА ВЄДА"</t>
         </is>
       </c>
       <c r="B176" s="5" t="n">
-        <v>149614</v>
+        <v>176793</v>
       </c>
       <c r="C176" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "ОПЛ "АНТАРКТИКА"</t>
+          <t>ОДЕСЬКИЙ ЛІЦЕЙ "МІЖНАРОДНА ШКОЛА ВЄДА"</t>
         </is>
       </c>
       <c r="E176" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G176" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H176" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I176" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J176" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K176" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ак.Корольова, 37-Б</t>
+          <t>вулиця Проценка, будинок 50, корпус 3, приміщення</t>
         </is>
       </c>
       <c r="L176" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M176" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N176" s="7"/>
       <c r="O176" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P176" s="4" t="inlineStr">
         <is>
-          <t>(063)7278246</t>
+          <t>(093)1690106</t>
         </is>
       </c>
       <c r="Q176" s="4"/>
       <c r="R176" s="4" t="inlineStr">
         <is>
-          <t>nvkantarktika@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S176" s="4"/>
+          <t>veda.liceum@gmail.com</t>
+        </is>
+      </c>
+      <c r="S176" s="4" t="inlineStr">
+        <is>
+          <t>https://veda-liceum.in/ua</t>
+        </is>
+      </c>
       <c r="T176" s="4" t="inlineStr">
         <is>
-          <t>Директор Андріашина Тамара Дмитрівна</t>
+          <t>Директор Полєвцєва Анна Сергіївна</t>
         </is>
       </c>
       <c r="U176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X176" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y176" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ГАРМОНІЯ"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ЛІЦЕЙ "ЧОРНОМОРСЬКИЙ"</t>
         </is>
       </c>
       <c r="B177" s="5" t="n">
-        <v>148279</v>
+        <v>147385</v>
       </c>
       <c r="C177" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "ОПЛ "ГАРМОНІЯ"</t>
+          <t>ПЗ "ОДЕСЬКИЙ ЛІЦЕЙ "ЧОРНОМОРСЬКИЙ"</t>
         </is>
       </c>
       <c r="E177" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G177" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H177" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I177" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J177" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K177" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Корольова, 67</t>
+          <t>вулиця Варненська, 3-А</t>
         </is>
       </c>
       <c r="L177" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M177" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N177" s="7"/>
       <c r="O177" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P177" s="4" t="inlineStr">
         <is>
-          <t>(050)3927431</t>
-[...6 lines deleted...]
-      </c>
+          <t>(048)7662112, (048)7662005</t>
+        </is>
+      </c>
+      <c r="Q177" s="4"/>
       <c r="R177" s="4" t="inlineStr">
         <is>
-          <t>contact@garmonya.od.ua</t>
+          <t>chernomorsky@hotmail.com</t>
         </is>
       </c>
       <c r="S177" s="4" t="inlineStr">
         <is>
-          <t>http://harmony-school.com.ua</t>
+          <t>chornomorskiy.com.ua</t>
         </is>
       </c>
       <c r="T177" s="4" t="inlineStr">
         <is>
-          <t>Директор Проценко Тетяна Вікторівна</t>
+          <t>Директор Стоянов Сергій Михайлович</t>
         </is>
       </c>
       <c r="U177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X177" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y177" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "НІКА-М"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "АНТАРКТИКА"</t>
         </is>
       </c>
       <c r="B178" s="5" t="n">
-        <v>150462</v>
+        <v>149614</v>
       </c>
       <c r="C178" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
-          <t>ЛІЦЕЙ "НІКА-М"</t>
+          <t>ПЗ "ОПЛ "АНТАРКТИКА"</t>
         </is>
       </c>
       <c r="E178" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G178" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H178" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110136900</t>
         </is>
       </c>
       <c r="I178" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J178" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K178" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грецька, 44</t>
+          <t>вулиця Ак.Корольова, 37-Б</t>
         </is>
       </c>
       <c r="L178" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M178" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N178" s="7"/>
       <c r="O178" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P178" s="4" t="inlineStr">
         <is>
-          <t>(048)7051013, (095)7266143</t>
+          <t>(063)7278246</t>
         </is>
       </c>
       <c r="Q178" s="4"/>
       <c r="R178" s="4" t="inlineStr">
         <is>
-          <t>lazareva.v.i@ukr.net</t>
+          <t>nvkantarktika@ukr.net</t>
         </is>
       </c>
       <c r="S178" s="4"/>
       <c r="T178" s="4" t="inlineStr">
         <is>
-          <t>Директор Лазарева Валентина Іванівна</t>
+          <t>Директор Андріашина Тамара Дмитрівна</t>
         </is>
       </c>
       <c r="U178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X178" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y178" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "Талант"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ГАРМОНІЯ"</t>
         </is>
       </c>
       <c r="B179" s="5" t="n">
-        <v>176841</v>
+        <v>148279</v>
       </c>
       <c r="C179" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "ОПЛ "Талант"</t>
+          <t>ПЗ "ОПЛ "ГАРМОНІЯ"</t>
         </is>
       </c>
       <c r="E179" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G179" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H179" s="6" t="inlineStr">
         <is>
-          <t>5110100000</t>
+          <t>5110136900</t>
         </is>
       </c>
       <c r="I179" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J179" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K179" s="4" t="inlineStr">
         <is>
-          <t>вулиця Інбер Віри, 5, кв. 111</t>
+          <t>вулиця Академіка Корольова, 67</t>
         </is>
       </c>
       <c r="L179" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M179" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N179" s="7"/>
       <c r="O179" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P179" s="4" t="inlineStr">
         <is>
-          <t>(095)4718297</t>
-[...2 lines deleted...]
-      <c r="Q179" s="4"/>
+          <t>(050)3927431</t>
+        </is>
+      </c>
+      <c r="Q179" s="4" t="inlineStr">
+        <is>
+          <t>(048)746-75-31</t>
+        </is>
+      </c>
       <c r="R179" s="4" t="inlineStr">
         <is>
-          <t>schoollyceumtalent@gmail.com</t>
+          <t>contact@garmonya.od.ua</t>
         </is>
       </c>
       <c r="S179" s="4" t="inlineStr">
         <is>
-          <t>http://www.talant.education</t>
+          <t>http://harmony-school.com.ua</t>
         </is>
       </c>
       <c r="T179" s="4" t="inlineStr">
         <is>
-          <t>Директор Шапран Галина Володимирівна</t>
+          <t>Директор Проценко Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X179" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y179" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Одеський приватний ліцей "Хабад" з пансіоном "Мішпаха"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "НІКА-М"</t>
         </is>
       </c>
       <c r="B180" s="5" t="n">
-        <v>149406</v>
+        <v>150462</v>
       </c>
       <c r="C180" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
-          <t>Одеський приватний ліцей "Хабад" з пансіоном "Мішпаха"</t>
+          <t>ЛІЦЕЙ "НІКА-М"</t>
         </is>
       </c>
       <c r="E180" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G180" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H180" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I180" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J180" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K180" s="4" t="inlineStr">
         <is>
-          <t>вулиця Корженка Вадима, 21</t>
+          <t>вулиця Грецька, 44</t>
         </is>
       </c>
       <c r="L180" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M180" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N180" s="7"/>
       <c r="O180" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P180" s="4" t="inlineStr">
         <is>
-          <t>(095)0045770, (048)7280770</t>
+          <t>(048)7051013, (095)7266143</t>
         </is>
       </c>
       <c r="Q180" s="4"/>
       <c r="R180" s="4" t="inlineStr">
         <is>
-          <t>schools@chabadodessa.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>lazareva.v.i@ukr.net</t>
+        </is>
+      </c>
+      <c r="S180" s="4"/>
       <c r="T180" s="4" t="inlineStr">
         <is>
-          <t>Директор Шлєпакова Марина Самуїлівна</t>
+          <t>Директор Лазарева Валентина Іванівна</t>
         </is>
       </c>
       <c r="U180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X180" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y180" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ПРИВАТНИЙ НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ЗАГАЛЬНООСВІТНЯ ШКОЛА І СТУПЕНЯ-ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД "ТВОРЕННЯ ОСОБИСТОСТІ"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "Талант"</t>
         </is>
       </c>
       <c r="B181" s="5" t="n">
-        <v>149456</v>
+        <v>176841</v>
       </c>
       <c r="C181" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
-          <t>ПЗ ОП НВК ЗОШ І СТУПЕНЯ - ДНЗ "ТВОРЕННЯ ОСОБИСТОСТІ"</t>
+          <t>ПЗ "ОПЛ "Талант"</t>
         </is>
       </c>
       <c r="E181" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G181" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H181" s="6" t="inlineStr">
         <is>
-          <t>5110137300</t>
+          <t>5110100000</t>
         </is>
       </c>
       <c r="I181" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J181" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K181" s="4" t="inlineStr">
         <is>
-          <t>вулиця сквер Георгія Гамова, 3А</t>
+          <t>вулиця Інбер Віри, 5, кв. 111</t>
         </is>
       </c>
       <c r="L181" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M181" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N181" s="7"/>
       <c r="O181" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P181" s="4" t="inlineStr">
         <is>
-          <t>(097)8699616</t>
+          <t>(095)4718297</t>
         </is>
       </c>
       <c r="Q181" s="4"/>
       <c r="R181" s="4" t="inlineStr">
         <is>
-          <t>lichnostnew@ukr.net</t>
+          <t>schoollyceumtalent@gmail.com</t>
         </is>
       </c>
       <c r="S181" s="4" t="inlineStr">
         <is>
-          <t>soul.od.ua</t>
+          <t>http://www.talant.education</t>
         </is>
       </c>
       <c r="T181" s="4" t="inlineStr">
         <is>
-          <t>Директор Сердіченко Марина Іванівна</t>
+          <t>Директор Шапран Галина Володимирівна</t>
         </is>
       </c>
       <c r="U181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X181" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y181" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="4" t="inlineStr">
         <is>
-          <t>Приватний Заклад Освіти Вищого рівня "Загальноосвітня школа І-ІІІ ступенів "ВІДКРИТА ЄВРОПЕЙСЬКА ШКОЛА"</t>
+          <t>Приватний заклад "Одеський приватний ліцей "Хабад" з пансіоном "Мішпаха"</t>
         </is>
       </c>
       <c r="B182" s="5" t="n">
-        <v>150497</v>
+        <v>149406</v>
       </c>
       <c r="C182" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
-          <t>ПЗОВР "Відкрита Європейська Школа"</t>
+          <t>Одеський приватний ліцей "Хабад" з пансіоном "Мішпаха"</t>
         </is>
       </c>
       <c r="E182" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G182" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H182" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I182" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J182" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K182" s="4" t="inlineStr">
         <is>
-          <t>вулиця Буніна, 30</t>
+          <t>вулиця Корженка Вадима, 21</t>
         </is>
       </c>
       <c r="L182" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M182" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N182" s="7"/>
       <c r="O182" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P182" s="4" t="inlineStr">
         <is>
-          <t>(048)7827845</t>
+          <t>(095)0045770, (048)7280770</t>
         </is>
       </c>
       <c r="Q182" s="4"/>
       <c r="R182" s="4" t="inlineStr">
         <is>
-          <t>Open@openschool.od.ua</t>
+          <t>schools@chabadodessa.com</t>
         </is>
       </c>
       <c r="S182" s="4" t="inlineStr">
         <is>
-          <t>openschool.od.ua</t>
+          <t>schol-chabadodessa.com</t>
         </is>
       </c>
       <c r="T182" s="4" t="inlineStr">
         <is>
-          <t>Директор Петракевич Тетяна Олександрівна</t>
+          <t>Директор Шлєпакова Марина Самуїлівна</t>
         </is>
       </c>
       <c r="U182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X182" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y182" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ЛІЦЕЙ "ВІЛЬНА ШКОЛА "АСТР"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ОДЕСЬКИЙ ПРИВАТНИЙ НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ЗАГАЛЬНООСВІТНЯ ШКОЛА І СТУПЕНЯ-ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД "ТВОРЕННЯ ОСОБИСТОСТІ"</t>
         </is>
       </c>
       <c r="B183" s="5" t="n">
-        <v>149613</v>
+        <v>149456</v>
       </c>
       <c r="C183" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
-          <t>ПЗО "ЛІЦЕЙ "ВІЛЬНА ШКОЛА "АСТР"</t>
+          <t>ПЗ ОП НВК ЗОШ І СТУПЕНЯ - ДНЗ "ТВОРЕННЯ ОСОБИСТОСТІ"</t>
         </is>
       </c>
       <c r="E183" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G183" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H183" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110137300</t>
         </is>
       </c>
       <c r="I183" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J183" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K183" s="4" t="inlineStr">
         <is>
-          <t>вулиця Фонтанська дорога, 25</t>
+          <t>вулиця сквер Георгія Гамова, 3А</t>
         </is>
       </c>
       <c r="L183" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M183" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N183" s="7"/>
       <c r="O183" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P183" s="4" t="inlineStr">
         <is>
-          <t>(048)748-05-42, (050)1729433</t>
+          <t>(097)8699616</t>
         </is>
       </c>
       <c r="Q183" s="4"/>
       <c r="R183" s="4" t="inlineStr">
         <is>
-          <t>waldorf-astr@ukr.ner</t>
+          <t>lichnostnew@ukr.net</t>
         </is>
       </c>
       <c r="S183" s="4" t="inlineStr">
         <is>
-          <t>www.astr.od.ua</t>
+          <t>soul.od.ua</t>
         </is>
       </c>
       <c r="T183" s="4" t="inlineStr">
         <is>
-          <t>Директор Боделан Ольга Русланівна</t>
+          <t>Директор Сердіченко Марина Іванівна</t>
         </is>
       </c>
       <c r="U183" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X183" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y183" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "МІЖНАРОДНА УКРАЇНСЬКО-ВІРМЕНСЬКА ШКОЛА"</t>
+          <t>Приватний Заклад Освіти Вищого рівня "Загальноосвітня школа І-ІІІ ступенів "ВІДКРИТА ЄВРОПЕЙСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="B184" s="5" t="n">
-        <v>176743</v>
+        <v>150497</v>
       </c>
       <c r="C184" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
-          <t>ПЗО "МУВШ"</t>
+          <t>ПЗОВР "Відкрита Європейська Школа"</t>
         </is>
       </c>
       <c r="E184" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G184" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H184" s="6" t="inlineStr">
         <is>
-          <t>5110100000</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I184" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J184" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K184" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гагарінське плато, 5/4</t>
+          <t>вулиця Буніна, 30</t>
         </is>
       </c>
       <c r="L184" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M184" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N184" s="7"/>
       <c r="O184" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P184" s="4" t="inlineStr">
         <is>
-          <t>(068)0018778</t>
+          <t>(048)7827845</t>
         </is>
       </c>
       <c r="Q184" s="4"/>
       <c r="R184" s="4" t="inlineStr">
         <is>
-          <t>muvsh2023@gmail.com</t>
+          <t>Open@openschool.od.ua</t>
         </is>
       </c>
       <c r="S184" s="4" t="inlineStr">
         <is>
-          <t>https://muvsh.com.ua</t>
+          <t>openschool.od.ua</t>
         </is>
       </c>
       <c r="T184" s="4" t="inlineStr">
         <is>
-          <t>Директор Долбіна Каріне Давидівна</t>
+          <t>Директор Петракевич Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X184" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y184" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ПОЧАТКОВА ШКОЛА МІСТА ОДЕСИ ІМ. ТЕОФІЛА РІХТЕРА"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ЛІЦЕЙ "ВІЛЬНА ШКОЛА "АСТР"</t>
         </is>
       </c>
       <c r="B185" s="5" t="n">
-        <v>150461</v>
+        <v>149613</v>
       </c>
       <c r="C185" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "ПШТР"</t>
+          <t>ПЗО "ЛІЦЕЙ "ВІЛЬНА ШКОЛА "АСТР"</t>
         </is>
       </c>
       <c r="E185" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G185" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H185" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I185" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J185" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K185" s="4" t="inlineStr">
         <is>
-          <t>вулиця Новосельського, 88/16</t>
+          <t>вулиця Фонтанська дорога, 25</t>
         </is>
       </c>
       <c r="L185" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M185" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N185" s="7"/>
       <c r="O185" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P185" s="4" t="inlineStr">
         <is>
-          <t>(096)6377347, (073)6377347</t>
+          <t>(048)748-05-42, (050)1729433</t>
         </is>
       </c>
       <c r="Q185" s="4"/>
       <c r="R185" s="4" t="inlineStr">
         <is>
-          <t>deutchschule@gmail.com</t>
+          <t>waldorf-astr@ukr.ner</t>
         </is>
       </c>
       <c r="S185" s="4" t="inlineStr">
         <is>
-          <t>https://richterschule.com</t>
+          <t>www.astr.od.ua</t>
         </is>
       </c>
       <c r="T185" s="4" t="inlineStr">
         <is>
-          <t>Директор Алексєєнко Гліб Володимирович</t>
+          <t>Директор Боделан Ольга Русланівна</t>
         </is>
       </c>
       <c r="U185" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X185" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y185" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД "ПРИВАТНА ПОЧАТКОВА ШКОЛА "ГАРМОНІЯ ДИТИНСТВА"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "МІЖНАРОДНА УКРАЇНСЬКО-ВІРМЕНСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="B186" s="5" t="n">
-        <v>148338</v>
+        <v>176743</v>
       </c>
       <c r="C186" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "ППШ "ГАРМОНІЯ ДИТИНСТВА"</t>
+          <t>ПЗО "МУВШ"</t>
         </is>
       </c>
       <c r="E186" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G186" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H186" s="6" t="inlineStr">
         <is>
-          <t>5110136900</t>
+          <t>5110100000</t>
         </is>
       </c>
       <c r="I186" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J186" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K186" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Корольова, 67</t>
+          <t>вулиця Гагарінське плато, 5/4</t>
         </is>
       </c>
       <c r="L186" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010196805</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M186" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N186" s="7"/>
       <c r="O186" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P186" s="4" t="inlineStr">
         <is>
-          <t>(048)746-75-31</t>
+          <t>(068)0018778</t>
         </is>
       </c>
       <c r="Q186" s="4"/>
       <c r="R186" s="4" t="inlineStr">
         <is>
-          <t>contact@garmonya.od.ua</t>
+          <t>muvsh2023@gmail.com</t>
         </is>
       </c>
       <c r="S186" s="4" t="inlineStr">
         <is>
-          <t>http://harmony-school.com.ua</t>
+          <t>https://muvsh.com.ua</t>
         </is>
       </c>
       <c r="T186" s="4" t="inlineStr">
         <is>
-          <t>Директор Назарчук Надія Віталіївна</t>
+          <t>Директор Долбіна Каріне Давидівна</t>
         </is>
       </c>
       <c r="U186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X186" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y186" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа І-ІІІ ступенів державного підприємства "Український дитячий центр "Молода гвардія"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ПОЧАТКОВА ШКОЛА МІСТА ОДЕСИ ІМ. ТЕОФІЛА РІХТЕРА"</t>
         </is>
       </c>
       <c r="B187" s="5" t="n">
-        <v>176497</v>
+        <v>150461</v>
       </c>
       <c r="C187" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ І-ІІІ ст. ДП "УДЦ "Молода гвардія"</t>
+          <t>ПЗ "ПШТР"</t>
         </is>
       </c>
       <c r="E187" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G187" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H187" s="6" t="inlineStr">
         <is>
-          <t>5110100000</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I187" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J187" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K187" s="4" t="inlineStr">
         <is>
-          <t>вулиця МИКОЛАЇВСЬКА ДОРОГА, 172</t>
+          <t>вулиця Новосельського, 88/16</t>
         </is>
       </c>
       <c r="L187" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M187" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N187" s="7"/>
       <c r="O187" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P187" s="4" t="inlineStr">
         <is>
-          <t>(048)7554303</t>
+          <t>(096)6377347, (073)6377347</t>
         </is>
       </c>
       <c r="Q187" s="4"/>
       <c r="R187" s="4" t="inlineStr">
         <is>
-          <t>school_molgvard_ukr@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S187" s="4"/>
+          <t>deutchschule@gmail.com</t>
+        </is>
+      </c>
+      <c r="S187" s="4" t="inlineStr">
+        <is>
+          <t>https://richterschule.com</t>
+        </is>
+      </c>
       <c r="T187" s="4" t="inlineStr">
         <is>
-          <t>Директор Бакутіна Наталія Андріївна</t>
+          <t>Директор Алексєєнко Гліб Володимирович</t>
         </is>
       </c>
       <c r="U187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X187" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y187" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="4" t="inlineStr">
         <is>
-          <t>Структурний підрозділ дочірнього підприємства "Облагротехсервіс" заклад освіти І-ІІ ступеня "Початкова школа "Чайка"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД "ПРИВАТНА ПОЧАТКОВА ШКОЛА "ГАРМОНІЯ ДИТИНСТВА"</t>
         </is>
       </c>
       <c r="B188" s="5" t="n">
-        <v>150425</v>
+        <v>148338</v>
       </c>
       <c r="C188" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа "Чайка"</t>
+          <t>ПЗ "ППШ "ГАРМОНІЯ ДИТИНСТВА"</t>
         </is>
       </c>
       <c r="E188" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G188" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H188" s="6" t="inlineStr">
         <is>
-          <t>5110137600</t>
+          <t>5110136900</t>
         </is>
       </c>
       <c r="I188" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J188" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K188" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколаївська дорога, 172</t>
+          <t>вулиця Академіка Корольова, 67</t>
         </is>
       </c>
       <c r="L188" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010413116</t>
+          <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M188" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N188" s="7"/>
       <c r="O188" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P188" s="4" t="inlineStr">
         <is>
-          <t>(066)7772233</t>
+          <t>(048)746-75-31</t>
         </is>
       </c>
       <c r="Q188" s="4"/>
       <c r="R188" s="4" t="inlineStr">
         <is>
-          <t>ds.chayka.od@gmail.com</t>
+          <t>contact@garmonya.od.ua</t>
         </is>
       </c>
       <c r="S188" s="4" t="inlineStr">
         <is>
-          <t>chaykads.com.ua</t>
+          <t>http://harmony-school.com.ua</t>
         </is>
       </c>
       <c r="T188" s="4" t="inlineStr">
         <is>
-          <t>Директор Юхимчук Олена Олександрівна</t>
+          <t>Директор Назарчук Надія Віталіївна</t>
         </is>
       </c>
       <c r="U188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X188" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y188" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю ''Приватний заклад загальної середньої освіти І-ІІІ ступенів "Лідерс"</t>
+          <t>Середня загальноосвітня школа І-ІІІ ступенів державного підприємства "Український дитячий центр "Молода гвардія"</t>
         </is>
       </c>
       <c r="B189" s="5" t="n">
-        <v>176542</v>
+        <v>176497</v>
       </c>
       <c r="C189" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПЗЗСО "Лідерс"</t>
+          <t>ЗОШ І-ІІІ ст. ДП "УДЦ "Молода гвардія"</t>
         </is>
       </c>
       <c r="E189" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G189" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H189" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110100000</t>
         </is>
       </c>
       <c r="I189" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J189" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K189" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ланжеронівська, 3</t>
+          <t>вулиця МИКОЛАЇВСЬКА ДОРОГА, 172</t>
         </is>
       </c>
       <c r="L189" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M189" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N189" s="7"/>
       <c r="O189" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P189" s="4" t="inlineStr">
         <is>
-          <t>(067)2511306</t>
+          <t>(048)7554303</t>
         </is>
       </c>
       <c r="Q189" s="4"/>
       <c r="R189" s="4" t="inlineStr">
         <is>
-          <t>lidersscchool.od@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>school_molgvard_ukr@ukr.net</t>
+        </is>
+      </c>
+      <c r="S189" s="4"/>
       <c r="T189" s="4" t="inlineStr">
         <is>
-          <t>Директор Рассолова Лідія Миколаївна</t>
+          <t>Директор Бакутіна Наталія Андріївна</t>
         </is>
       </c>
       <c r="U189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X189" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y189" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ЛІЦЕЙ "ПРОСВІТА"</t>
+          <t>Структурний підрозділ дочірнього підприємства "Облагротехсервіс" заклад освіти І-ІІ ступеня "Початкова школа "Чайка"</t>
         </is>
       </c>
       <c r="B190" s="5" t="n">
-        <v>149599</v>
+        <v>150425</v>
       </c>
       <c r="C190" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
-          <t>ЛІЦЕЙ "ПРОСВІТА"</t>
+          <t>Початкова школа "Чайка"</t>
         </is>
       </c>
       <c r="E190" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G190" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H190" s="6" t="inlineStr">
         <is>
-          <t>5110136900</t>
+          <t>5110137600</t>
         </is>
       </c>
       <c r="I190" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J190" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K190" s="4" t="inlineStr">
         <is>
-          <t>вулиця Варненська, 13-А</t>
+          <t>вулиця Миколаївська дорога, 172</t>
         </is>
       </c>
       <c r="L190" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010196805</t>
+          <t>UA51100270010413116</t>
         </is>
       </c>
       <c r="M190" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N190" s="7"/>
       <c r="O190" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P190" s="4" t="inlineStr">
         <is>
-          <t>(097)2271239</t>
+          <t>(066)7772233</t>
         </is>
       </c>
       <c r="Q190" s="4"/>
       <c r="R190" s="4" t="inlineStr">
         <is>
-          <t>prosvita_rados@ukr.net</t>
+          <t>ds.chayka.od@gmail.com</t>
         </is>
       </c>
       <c r="S190" s="4" t="inlineStr">
         <is>
-          <t>prosvita-school.org.ua</t>
+          <t>chaykads.com.ua</t>
         </is>
       </c>
       <c r="T190" s="4" t="inlineStr">
         <is>
-          <t>Директор Коломійчук Катерина Миколаївна</t>
+          <t>Директор Юхимчук Олена Олександрівна</t>
         </is>
       </c>
       <c r="U190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X190" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y190" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "МІЖНАРОДНА ШКОЛА "МЕТРОПОЛІТАН", МІСТО ОДЕСА"</t>
+          <t>Товариство з обмеженою відповідальністю ''Приватний заклад загальної середньої освіти І-ІІІ ступенів "Лідерс"</t>
         </is>
       </c>
       <c r="B191" s="5" t="n">
-        <v>176532</v>
+        <v>176542</v>
       </c>
       <c r="C191" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ШКОЛА "МЕТРОПОЛІТАН-ОДЕСА"</t>
+          <t>ТОВ "ПЗЗСО "Лідерс"</t>
         </is>
       </c>
       <c r="E191" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G191" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H191" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I191" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J191" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K191" s="4" t="inlineStr">
         <is>
-          <t>вулиця Каманіна, 16А</t>
+          <t>вулиця Ланжеронівська, 3</t>
         </is>
       </c>
       <c r="L191" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M191" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N191" s="7"/>
       <c r="O191" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P191" s="4" t="inlineStr">
         <is>
-          <t>(097)6371358</t>
+          <t>(067)2511306</t>
         </is>
       </c>
       <c r="Q191" s="4"/>
       <c r="R191" s="4" t="inlineStr">
         <is>
-          <t>odesa.metropolitan00@gmail.com</t>
+          <t>lidersscchool.od@gmail.com</t>
         </is>
       </c>
       <c r="S191" s="4" t="inlineStr">
         <is>
-          <t>https://odesa.metropolitan.school</t>
+          <t>http://leaders.od.ua</t>
         </is>
       </c>
       <c r="T191" s="4" t="inlineStr">
         <is>
-          <t>Директор Астахов Олександр Миколайович</t>
+          <t>Директор Рассолова Лідія Миколаївна</t>
         </is>
       </c>
       <c r="U191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X191" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y191" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНИЙ ПРОСТІР"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ЛІЦЕЙ "ПРОСВІТА"</t>
         </is>
       </c>
       <c r="B192" s="5" t="n">
-        <v>176907</v>
+        <v>149599</v>
       </c>
       <c r="C192" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "НАВЧАЛЬНИЙ ПРОСТІР"</t>
+          <t>ЛІЦЕЙ "ПРОСВІТА"</t>
         </is>
       </c>
       <c r="E192" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G192" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H192" s="6" t="inlineStr">
         <is>
-          <t>5110100000</t>
+          <t>5110136900</t>
         </is>
       </c>
       <c r="I192" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J192" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K192" s="4" t="inlineStr">
         <is>
-          <t>вулиця Балтиморська, 12</t>
+          <t>вулиця Варненська, 13-А</t>
         </is>
       </c>
       <c r="L192" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M192" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N192" s="7"/>
       <c r="O192" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P192" s="4" t="inlineStr">
         <is>
-          <t>(097)5644689</t>
+          <t>(097)2271239</t>
         </is>
       </c>
       <c r="Q192" s="4"/>
       <c r="R192" s="4" t="inlineStr">
         <is>
-          <t>educationalspace2024@gmail.com</t>
+          <t>prosvita_rados@ukr.net</t>
         </is>
       </c>
       <c r="S192" s="4" t="inlineStr">
         <is>
-          <t>www.educational-space.com</t>
+          <t>prosvita-school.org.ua</t>
         </is>
       </c>
       <c r="T192" s="4" t="inlineStr">
         <is>
-          <t>Директор Погоріла Наталя Олександрівна</t>
+          <t>Директор Коломійчук Катерина Миколаївна</t>
         </is>
       </c>
       <c r="U192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y192" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСА ЛІДЕР ЛЕНД СКУЛ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАКЛАД ОСВІТИ "ЗНАЙКА"</t>
         </is>
       </c>
       <c r="B193" s="5" t="n">
-        <v>176852</v>
+        <v>176955</v>
       </c>
       <c r="C193" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛІДЕР ЛЕНД СКУЛ"</t>
+          <t>ТОВ "ЗАКЛАД ОСВІТИ "ЗНАЙКА"</t>
         </is>
       </c>
       <c r="E193" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G193" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H193" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110136900</t>
         </is>
       </c>
       <c r="I193" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J193" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K193" s="4" t="inlineStr">
         <is>
-          <t>вулиця Добровольців, 8</t>
+          <t>вулиця Толбухіна, 7/102</t>
         </is>
       </c>
       <c r="L193" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M193" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N193" s="7"/>
       <c r="O193" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P193" s="4" t="inlineStr">
         <is>
-          <t>(097)3592508</t>
+          <t>(098)9310188</t>
         </is>
       </c>
       <c r="Q193" s="4"/>
       <c r="R193" s="4" t="inlineStr">
         <is>
-          <t>leaderschool24@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>znaykaodessa@ukr.net</t>
+        </is>
+      </c>
+      <c r="S193" s="4"/>
       <c r="T193" s="4" t="inlineStr">
         <is>
-          <t>Директор Іванова Алла Сергіївна</t>
+          <t>Директор Кисельова Олена Володимирівна</t>
         </is>
       </c>
       <c r="U193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y193" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКА ПРИВАТНА ПОЧАТКОВА ШКОЛА "ПРЕСТИЖ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "МІЖНАРОДНА ШКОЛА "МЕТРОПОЛІТАН", МІСТО ОДЕСА"</t>
         </is>
       </c>
       <c r="B194" s="5" t="n">
-        <v>150448</v>
+        <v>176532</v>
       </c>
       <c r="C194" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПОЧАТКОВА ШКОЛА "ПРЕСТИЖ"</t>
+          <t>ТОВ "ШКОЛА "МЕТРОПОЛІТАН-ОДЕСА"</t>
         </is>
       </c>
       <c r="E194" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G194" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H194" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I194" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J194" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K194" s="4" t="inlineStr">
         <is>
-          <t>вулиця Спиридонівська, 23</t>
+          <t>вулиця Каманіна, 16А</t>
         </is>
       </c>
       <c r="L194" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M194" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N194" s="7"/>
       <c r="O194" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P194" s="4" t="inlineStr">
         <is>
-          <t>(048)7377487, (048)7064487</t>
+          <t>(097)6371358</t>
         </is>
       </c>
       <c r="Q194" s="4"/>
       <c r="R194" s="4" t="inlineStr">
         <is>
-          <t>uvk_prestige@ukr.net</t>
+          <t>odesa.metropolitan00@gmail.com</t>
         </is>
       </c>
       <c r="S194" s="4" t="inlineStr">
         <is>
-          <t>prestige.odesa.ua</t>
+          <t>https://odesa.metropolitan.school</t>
         </is>
       </c>
       <c r="T194" s="4" t="inlineStr">
         <is>
-          <t>Директор Кудінова Інна Святославівна</t>
+          <t>Директор Астахов Олександр Миколайович</t>
         </is>
       </c>
       <c r="U194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X194" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y194" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Одеський ліцей гуманної педагогіки імені В.О. Сухомлинського"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНИЙ ПРОСТІР"</t>
         </is>
       </c>
       <c r="B195" s="5" t="n">
-        <v>176815</v>
+        <v>176907</v>
       </c>
       <c r="C195" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Одеський ліцей гуманної педагогіки ім. В.О. Сухомлинського"</t>
+          <t>ТОВ "НАВЧАЛЬНИЙ ПРОСТІР"</t>
         </is>
       </c>
       <c r="E195" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G195" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H195" s="6" t="inlineStr">
         <is>
-          <t>5110136900</t>
+          <t>5110100000</t>
         </is>
       </c>
       <c r="I195" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J195" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K195" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лядова, 12</t>
+          <t>вулиця Балтиморська, 12</t>
         </is>
       </c>
       <c r="L195" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010196805</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M195" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N195" s="7"/>
       <c r="O195" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P195" s="4" t="inlineStr">
         <is>
-          <t>(068)0111986</t>
+          <t>(097)5644689</t>
         </is>
       </c>
       <c r="Q195" s="4"/>
       <c r="R195" s="4" t="inlineStr">
         <is>
-          <t>vosukhomlynskyi@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S195" s="4"/>
+          <t>educationalspace2024@gmail.com</t>
+        </is>
+      </c>
+      <c r="S195" s="4" t="inlineStr">
+        <is>
+          <t>www.educational-space.com</t>
+        </is>
+      </c>
       <c r="T195" s="4" t="inlineStr">
         <is>
-          <t>Директор Данилюк Олена Василівна</t>
+          <t>Директор Погоріла Наталя Олександрівна</t>
         </is>
       </c>
       <c r="U195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X195" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y195" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ МІЖНАРОДНИЙ ЛІЦЕЙ "СТАДІ ЕКЕДЕМІ ХАЙ СКУЛ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСА ЛІДЕР ЛЕНД СКУЛ"</t>
         </is>
       </c>
       <c r="B196" s="5" t="n">
-        <v>176686</v>
+        <v>176852</v>
       </c>
       <c r="C196" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ОДЕСЬКИЙ МІЖНАРОДНИЙ ЛІЦЕЙ "СТАДІ ЕКЕДЕМІ ХАЙ СКУЛ"</t>
+          <t>ТОВ "ЛІДЕР ЛЕНД СКУЛ"</t>
         </is>
       </c>
       <c r="E196" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G196" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H196" s="6" t="inlineStr">
         <is>
-          <t>5110100000</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I196" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J196" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K196" s="4" t="inlineStr">
         <is>
-          <t>вулиця Недєліна, 78</t>
+          <t>вулиця Добровольців, 8</t>
         </is>
       </c>
       <c r="L196" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M196" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N196" s="7"/>
       <c r="O196" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P196" s="4" t="inlineStr">
         <is>
-          <t>(067)2842451</t>
+          <t>(097)3592508</t>
         </is>
       </c>
       <c r="Q196" s="4"/>
       <c r="R196" s="4" t="inlineStr">
         <is>
-          <t>HighSchoolOdesa@study.ua</t>
+          <t>leaderschool24@gmail.com</t>
         </is>
       </c>
       <c r="S196" s="4" t="inlineStr">
         <is>
-          <t>https://highschool.com.ua/</t>
+          <t>http://site22292822.nicepage.io/</t>
         </is>
       </c>
       <c r="T196" s="4" t="inlineStr">
         <is>
-          <t>Директор Міщенко Альона Миколаївна</t>
+          <t>Директор Іванова Алла Сергіївна</t>
         </is>
       </c>
       <c r="U196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X196" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y196" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ З ПОЧАТКОВОЮ ШКОЛОЮ ТА ГІМНАЗІЄЮ "СХОДЖЕННЯ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКА ПРИВАТНА ПОЧАТКОВА ШКОЛА "ПРЕСТИЖ"</t>
         </is>
       </c>
       <c r="B197" s="5" t="n">
-        <v>148153</v>
+        <v>150448</v>
       </c>
       <c r="C197" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ З ПОЧАТКОВОЮ ШКОЛОЮ ТА ГІМНАЗІЄЮ "СХОДЖЕННЯ""</t>
+          <t>ТОВ "ПОЧАТКОВА ШКОЛА "ПРЕСТИЖ"</t>
         </is>
       </c>
       <c r="E197" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G197" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H197" s="6" t="inlineStr">
         <is>
-          <t>5110137300</t>
+          <t>5110137500</t>
         </is>
       </c>
       <c r="I197" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J197" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K197" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Стуса, 2-Д</t>
+          <t>вулиця Спиридонівська, 23</t>
         </is>
       </c>
       <c r="L197" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010275193</t>
+          <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M197" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N197" s="7"/>
       <c r="O197" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P197" s="4" t="inlineStr">
         <is>
-          <t>(098)2106860, (093)022-30-77</t>
+          <t>(048)7377487, (048)7064487</t>
         </is>
       </c>
       <c r="Q197" s="4"/>
       <c r="R197" s="4" t="inlineStr">
         <is>
-          <t>admin@voshozdenieschool.com.ua</t>
+          <t>uvk_prestige@ukr.net</t>
         </is>
       </c>
       <c r="S197" s="4" t="inlineStr">
         <is>
-          <t>http://voshozdenieschool.com.ua</t>
+          <t>prestige.odesa.ua</t>
         </is>
       </c>
       <c r="T197" s="4" t="inlineStr">
         <is>
-          <t>Директор Соболь Тетяна Григоріївна</t>
+          <t>Директор Кудінова Інна Святославівна</t>
         </is>
       </c>
       <c r="U197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X197" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y197" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ІНТЕЛЕКТ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Одеський ліцей гуманної педагогіки імені В.О. Сухомлинського"</t>
         </is>
       </c>
       <c r="B198" s="5" t="n">
-        <v>148158</v>
+        <v>176815</v>
       </c>
       <c r="C198" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ОПЛ "ІНТЕЛЕКТ"</t>
+          <t>ТОВ "Одеський ліцей гуманної педагогіки ім. В.О. Сухомлинського"</t>
         </is>
       </c>
       <c r="E198" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G198" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H198" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I198" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J198" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K198" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Корольова, 58А</t>
+          <t>вулиця Лядова, 12</t>
         </is>
       </c>
       <c r="L198" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M198" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N198" s="7"/>
       <c r="O198" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P198" s="4" t="inlineStr">
         <is>
-          <t>(048)7445070</t>
+          <t>(068)0111986</t>
         </is>
       </c>
       <c r="Q198" s="4"/>
       <c r="R198" s="4" t="inlineStr">
         <is>
-          <t>intellekt.odessa@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>vosukhomlynskyi@gmail.com</t>
+        </is>
+      </c>
+      <c r="S198" s="4"/>
       <c r="T198" s="4" t="inlineStr">
         <is>
-          <t>Директор Єганова Тетяна Йосипівна</t>
+          <t>Директор Данилюк Олена Василівна</t>
         </is>
       </c>
       <c r="U198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X198" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y198" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "НА ПЕРЕХРЕСТІ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ МІЖНАРОДНИЙ ЛІЦЕЙ "СТАДІ ЕКЕДЕМІ ХАЙ СКУЛ"</t>
         </is>
       </c>
       <c r="B199" s="5" t="n">
-        <v>150327</v>
+        <v>176686</v>
       </c>
       <c r="C199" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛІЦЕЙ "НА ПЕРЕХРЕСТІ"</t>
+          <t>ТОВ "ОДЕСЬКИЙ МІЖНАРОДНИЙ ЛІЦЕЙ "СТАДІ ЕКЕДЕМІ ХАЙ СКУЛ"</t>
         </is>
       </c>
       <c r="E199" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G199" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H199" s="6" t="inlineStr">
         <is>
-          <t>5110136900</t>
+          <t>5110100000</t>
         </is>
       </c>
       <c r="I199" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J199" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K199" s="4" t="inlineStr">
         <is>
-          <t>проспект Небесної Сотні, 63</t>
+          <t>вулиця Недєліна, 78</t>
         </is>
       </c>
       <c r="L199" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010196805</t>
+          <t>UA51100270010076757</t>
         </is>
       </c>
       <c r="M199" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N199" s="7"/>
       <c r="O199" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P199" s="4" t="inlineStr">
         <is>
-          <t>(099)3024918</t>
+          <t>(067)2842451</t>
         </is>
       </c>
       <c r="Q199" s="4"/>
       <c r="R199" s="4" t="inlineStr">
         <is>
-          <t>naperekrestke@ukr.net</t>
+          <t>HighSchoolOdesa@study.ua</t>
         </is>
       </c>
       <c r="S199" s="4" t="inlineStr">
         <is>
-          <t>http://naperekrestke.com.ua</t>
+          <t>https://highschool.com.ua/</t>
         </is>
       </c>
       <c r="T199" s="4" t="inlineStr">
         <is>
-          <t>Директор Спаський Ігор Дмитрович</t>
+          <t>Директор Міщенко Альона Миколаївна</t>
         </is>
       </c>
       <c r="U199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X199" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y199" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "СВІТОЧ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ З ПОЧАТКОВОЮ ШКОЛОЮ ТА ГІМНАЗІЄЮ "СХОДЖЕННЯ"</t>
         </is>
       </c>
       <c r="B200" s="5" t="n">
-        <v>149612</v>
+        <v>148153</v>
       </c>
       <c r="C200" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ОПЛ "СВІТОЧ"</t>
+          <t>ТОВ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ З ПОЧАТКОВОЮ ШКОЛОЮ ТА ГІМНАЗІЄЮ "СХОДЖЕННЯ""</t>
         </is>
       </c>
       <c r="E200" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G200" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H200" s="6" t="inlineStr">
         <is>
           <t>5110137300</t>
         </is>
       </c>
       <c r="I200" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J200" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K200" s="4" t="inlineStr">
         <is>
-          <t>вулиця Космонавтів, 21/5</t>
+          <t>вулиця Василя Стуса, 2-Д</t>
         </is>
       </c>
       <c r="L200" s="6" t="inlineStr">
         <is>
           <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M200" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N200" s="7"/>
       <c r="O200" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P200" s="4" t="inlineStr">
         <is>
-          <t>(048)7018903</t>
+          <t>(098)2106860, (093)022-30-77</t>
         </is>
       </c>
       <c r="Q200" s="4"/>
       <c r="R200" s="4" t="inlineStr">
         <is>
-          <t>svetoch_odessa@ukr.net</t>
+          <t>admin@voshozdenieschool.com.ua</t>
         </is>
       </c>
       <c r="S200" s="4" t="inlineStr">
         <is>
-          <t>www.svetoch.od.ua</t>
+          <t>http://voshozdenieschool.com.ua</t>
         </is>
       </c>
       <c r="T200" s="4" t="inlineStr">
         <is>
-          <t>Директор Щербенко Світлана Володимирівна</t>
+          <t>Директор Соболь Тетяна Григоріївна</t>
         </is>
       </c>
       <c r="U200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X200" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y200" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ЦЕНТР ОСВІТИ "ГЛОБАЛ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ІНТЕЛЕКТ"</t>
         </is>
       </c>
       <c r="B201" s="5" t="n">
-        <v>176477</v>
+        <v>148158</v>
       </c>
       <c r="C201" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПЗЗСО "ЦЕНТР ОСВІТИ "ГЛОБАЛ"</t>
+          <t>ТОВ "ОПЛ "ІНТЕЛЕКТ"</t>
         </is>
       </c>
       <c r="E201" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G201" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H201" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110136900</t>
         </is>
       </c>
       <c r="I201" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J201" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K201" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грецька, 44, офіс 415</t>
+          <t>вулиця Академіка Корольова, 58А</t>
         </is>
       </c>
       <c r="L201" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M201" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N201" s="7"/>
       <c r="O201" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P201" s="4" t="inlineStr">
         <is>
-          <t>(067)2757789</t>
+          <t>(048)7445070</t>
         </is>
       </c>
       <c r="Q201" s="4"/>
       <c r="R201" s="4" t="inlineStr">
         <is>
-          <t>20globalschool@gmail.com</t>
+          <t>intellekt.odessa@gmail.com</t>
         </is>
       </c>
       <c r="S201" s="4" t="inlineStr">
         <is>
-          <t>20globalschool.com</t>
+          <t>http://www.intellekt.od.ua</t>
         </is>
       </c>
       <c r="T201" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковальова Люся Іванівна</t>
+          <t>Директор Єганова Тетяна Йосипівна</t>
         </is>
       </c>
       <c r="U201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X201" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y201" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ПРИВАТНИЙ ЛІЦЕЙ БУКВИК"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "НА ПЕРЕХРЕСТІ"</t>
         </is>
       </c>
       <c r="B202" s="5" t="n">
-        <v>176595</v>
+        <v>150327</v>
       </c>
       <c r="C202" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПРИВАТНИЙ ЛІЦЕЙ БУКВИК"</t>
+          <t>ТОВ "ЛІЦЕЙ "НА ПЕРЕХРЕСТІ"</t>
         </is>
       </c>
       <c r="E202" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G202" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H202" s="6" t="inlineStr">
         <is>
-          <t>5110137500</t>
+          <t>5110136900</t>
         </is>
       </c>
       <c r="I202" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J202" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K202" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пішонівська, 20</t>
+          <t>проспект Небесної Сотні, 63</t>
         </is>
       </c>
       <c r="L202" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010320268</t>
+          <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M202" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N202" s="7"/>
       <c r="O202" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P202" s="4" t="inlineStr">
         <is>
-          <t>(067)5675962</t>
+          <t>(099)3024918</t>
         </is>
       </c>
       <c r="Q202" s="4"/>
       <c r="R202" s="4" t="inlineStr">
         <is>
-          <t>bookvik.ua@gmail.com</t>
+          <t>naperekrestke@ukr.net</t>
         </is>
       </c>
       <c r="S202" s="4" t="inlineStr">
         <is>
-          <t>https://bookvik.ua</t>
+          <t>http://naperekrestke.com.ua</t>
         </is>
       </c>
       <c r="T202" s="4" t="inlineStr">
         <is>
-          <t>Директор Боголюбова Олена Володимирівна</t>
+          <t>Директор Спаський Ігор Дмитрович</t>
         </is>
       </c>
       <c r="U202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X202" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y202" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЛІЦЕЙ "ПРАОБРАЗ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДЕСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "СВІТОЧ"</t>
         </is>
       </c>
       <c r="B203" s="5" t="n">
-        <v>176760</v>
+        <v>149612</v>
       </c>
       <c r="C203" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПРИВАТНИЙ ЛІЦЕЙ "ПРАОБРАЗ"</t>
+          <t>ТОВ "ОПЛ "СВІТОЧ"</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G203" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H203" s="6" t="inlineStr">
         <is>
-          <t>5110100000</t>
+          <t>5110137300</t>
         </is>
       </c>
       <c r="I203" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J203" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K203" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сонячна, 4, приміщення 2</t>
+          <t>вулиця Космонавтів, 21/5</t>
         </is>
       </c>
       <c r="L203" s="6" t="inlineStr">
         <is>
-          <t>UA51100270010076757</t>
+          <t>UA51100270010275193</t>
         </is>
       </c>
       <c r="M203" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N203" s="7"/>
       <c r="O203" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P203" s="4" t="inlineStr">
         <is>
-          <t>(050)7170240</t>
+          <t>(048)7018903</t>
         </is>
       </c>
       <c r="Q203" s="4"/>
       <c r="R203" s="4" t="inlineStr">
         <is>
-          <t>npao6pa3@gmail.com</t>
+          <t>svetoch_odessa@ukr.net</t>
         </is>
       </c>
       <c r="S203" s="4" t="inlineStr">
         <is>
-          <t>http://npao6ra3.com</t>
+          <t>www.svetoch.od.ua</t>
         </is>
       </c>
       <c r="T203" s="4" t="inlineStr">
         <is>
-          <t>Директор Жаріков Віталій Віталійович</t>
+          <t>Директор Щербенко Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X203" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y203" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ЦЕНТР ОСВІТИ "ГЛОБАЛ"</t>
+        </is>
+      </c>
+      <c r="B204" s="5" t="n">
+        <v>176477</v>
+      </c>
+      <c r="C204" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ПЗЗСО "ЦЕНТР ОСВІТИ "ГЛОБАЛ"</t>
+        </is>
+      </c>
+      <c r="E204" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G204" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H204" s="6" t="inlineStr">
+        <is>
+          <t>5110137500</t>
+        </is>
+      </c>
+      <c r="I204" s="4" t="inlineStr">
+        <is>
+          <t>Одеська область</t>
+        </is>
+      </c>
+      <c r="J204" s="4" t="inlineStr">
+        <is>
+          <t>Одеса, Одеська область</t>
+        </is>
+      </c>
+      <c r="K204" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Грецька, 44, офіс 415</t>
+        </is>
+      </c>
+      <c r="L204" s="6" t="inlineStr">
+        <is>
+          <t>UA51100270010320268</t>
+        </is>
+      </c>
+      <c r="M204" s="4" t="inlineStr">
+        <is>
+          <t>Одеська обл., м. Одеса</t>
+        </is>
+      </c>
+      <c r="N204" s="7"/>
+      <c r="O204" s="4" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P204" s="4" t="inlineStr">
+        <is>
+          <t>(067)2757789</t>
+        </is>
+      </c>
+      <c r="Q204" s="4"/>
+      <c r="R204" s="4" t="inlineStr">
+        <is>
+          <t>20globalschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S204" s="4" t="inlineStr">
+        <is>
+          <t>20globalschool.com</t>
+        </is>
+      </c>
+      <c r="T204" s="4" t="inlineStr">
+        <is>
+          <t>Директор Ковальова Люся Іванівна</t>
+        </is>
+      </c>
+      <c r="U204" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V204" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W204" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X204" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y204" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="4" t="inlineStr">
+        <is>
+          <t>Товариство з обмеженою відповідальністю "ПРИВАТНИЙ ЛІЦЕЙ БУКВИК"</t>
+        </is>
+      </c>
+      <c r="B205" s="5" t="n">
+        <v>176595</v>
+      </c>
+      <c r="C205" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ПРИВАТНИЙ ЛІЦЕЙ БУКВИК"</t>
+        </is>
+      </c>
+      <c r="E205" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G205" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H205" s="6" t="inlineStr">
+        <is>
+          <t>5110137500</t>
+        </is>
+      </c>
+      <c r="I205" s="4" t="inlineStr">
+        <is>
+          <t>Одеська область</t>
+        </is>
+      </c>
+      <c r="J205" s="4" t="inlineStr">
+        <is>
+          <t>Одеса, Одеська область</t>
+        </is>
+      </c>
+      <c r="K205" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Пішонівська, 20</t>
+        </is>
+      </c>
+      <c r="L205" s="6" t="inlineStr">
+        <is>
+          <t>UA51100270010320268</t>
+        </is>
+      </c>
+      <c r="M205" s="4" t="inlineStr">
+        <is>
+          <t>Одеська обл., м. Одеса</t>
+        </is>
+      </c>
+      <c r="N205" s="7"/>
+      <c r="O205" s="4" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P205" s="4" t="inlineStr">
+        <is>
+          <t>(067)5675962</t>
+        </is>
+      </c>
+      <c r="Q205" s="4"/>
+      <c r="R205" s="4" t="inlineStr">
+        <is>
+          <t>bookvik.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="S205" s="4" t="inlineStr">
+        <is>
+          <t>https://bookvik.ua</t>
+        </is>
+      </c>
+      <c r="T205" s="4" t="inlineStr">
+        <is>
+          <t>Директор Боголюбова Олена Володимирівна</t>
+        </is>
+      </c>
+      <c r="U205" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V205" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W205" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X205" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y205" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЛІЦЕЙ "ПРАОБРАЗ"</t>
+        </is>
+      </c>
+      <c r="B206" s="5" t="n">
+        <v>176760</v>
+      </c>
+      <c r="C206" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ПРИВАТНИЙ ЛІЦЕЙ "ПРАОБРАЗ"</t>
+        </is>
+      </c>
+      <c r="E206" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>ліцей</t>
+        </is>
+      </c>
+      <c r="G206" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H206" s="6" t="inlineStr">
+        <is>
+          <t>5110100000</t>
+        </is>
+      </c>
+      <c r="I206" s="4" t="inlineStr">
+        <is>
+          <t>Одеська область</t>
+        </is>
+      </c>
+      <c r="J206" s="4" t="inlineStr">
+        <is>
+          <t>Одеса, Одеська область</t>
+        </is>
+      </c>
+      <c r="K206" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Сонячна, 4, приміщення 2</t>
+        </is>
+      </c>
+      <c r="L206" s="6" t="inlineStr">
+        <is>
+          <t>UA51100270010076757</t>
+        </is>
+      </c>
+      <c r="M206" s="4" t="inlineStr">
+        <is>
+          <t>Одеська обл., м. Одеса</t>
+        </is>
+      </c>
+      <c r="N206" s="7"/>
+      <c r="O206" s="4" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P206" s="4" t="inlineStr">
+        <is>
+          <t>(050)7170240</t>
+        </is>
+      </c>
+      <c r="Q206" s="4"/>
+      <c r="R206" s="4" t="inlineStr">
+        <is>
+          <t>npao6pa3@gmail.com</t>
+        </is>
+      </c>
+      <c r="S206" s="4" t="inlineStr">
+        <is>
+          <t>http://npao6ra3.com</t>
+        </is>
+      </c>
+      <c r="T206" s="4" t="inlineStr">
+        <is>
+          <t>Директор Жаріков Віталій Віталійович</t>
+        </is>
+      </c>
+      <c r="U206" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V206" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W206" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X206" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y206" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y203"/>
+  <autoFilter ref="A1:Y206"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>