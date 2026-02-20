--- v1 (2025-12-07)
+++ v2 (2026-02-20)
@@ -7454,51 +7454,51 @@
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
           <t>вулиця Сабанєєв міст, 1</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
           <t>(048)722-18-86</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
           <t>psstolyarskogo@gmail.com</t>
         </is>
       </c>
       <c r="S65" s="4" t="inlineStr">
         <is>
           <t>http://stolyarsky.od.ua/</t>
         </is>
       </c>
       <c r="T65" s="4" t="inlineStr">
         <is>
           <t>Директор Молдаванов Віктор Вікторович</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
@@ -10384,51 +10384,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G91" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H91" s="6" t="inlineStr">
         <is>
           <t>5110137500</t>
         </is>
       </c>
       <c r="I91" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J91" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K91" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лесі Українки, 3</t>
+          <t>проспект Лесі Українки, 3</t>
         </is>
       </c>
       <c r="L91" s="6" t="inlineStr">
         <is>
           <t>UA51100270010320268</t>
         </is>
       </c>
       <c r="M91" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N91" s="7"/>
       <c r="O91" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P91" s="4" t="inlineStr">
         <is>
           <t>(048)7363435</t>
         </is>
       </c>
       <c r="Q91" s="4"/>
       <c r="R91" s="4" t="inlineStr">
@@ -11789,51 +11789,51 @@
           <t>Департамент освіти та науки Одеської міської ради</t>
         </is>
       </c>
       <c r="P103" s="4" t="inlineStr">
         <is>
           <t>(048)7666496</t>
         </is>
       </c>
       <c r="Q103" s="4" t="inlineStr">
         <is>
           <t>(048)7666496</t>
         </is>
       </c>
       <c r="R103" s="4" t="inlineStr">
         <is>
           <t>lycod.51@ukr.net</t>
         </is>
       </c>
       <c r="S103" s="4" t="inlineStr">
         <is>
           <t>https://lyceum51.krvo.od.ua</t>
         </is>
       </c>
       <c r="T103" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Шманова Ганна Володимирівна</t>
+          <t>Директор Шманова Ганна Володимирівна</t>
         </is>
       </c>
       <c r="U103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X103" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y103" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
@@ -21870,120 +21870,120 @@
       <c r="U192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X192" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y192" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАКЛАД ОСВІТИ "ЗНАЙКА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Заклад освіти "Знайка"</t>
         </is>
       </c>
       <c r="B193" s="5" t="n">
         <v>176955</v>
       </c>
       <c r="C193" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЗАКЛАД ОСВІТИ "ЗНАЙКА"</t>
+          <t>ТОВ "ЗО "Знайка"</t>
         </is>
       </c>
       <c r="E193" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G193" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H193" s="6" t="inlineStr">
         <is>
           <t>5110136900</t>
         </is>
       </c>
       <c r="I193" s="4" t="inlineStr">
         <is>
           <t>Одеська область</t>
         </is>
       </c>
       <c r="J193" s="4" t="inlineStr">
         <is>
           <t>Одеса, Одеська область</t>
         </is>
       </c>
       <c r="K193" s="4" t="inlineStr">
         <is>
-          <t>вулиця Толбухіна, 7/102</t>
+          <t>вулиця Георгія Липського, 7/102</t>
         </is>
       </c>
       <c r="L193" s="6" t="inlineStr">
         <is>
           <t>UA51100270010196805</t>
         </is>
       </c>
       <c r="M193" s="4" t="inlineStr">
         <is>
           <t>Одеська обл., м. Одеса</t>
         </is>
       </c>
       <c r="N193" s="7"/>
       <c r="O193" s="4" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Одеської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="P193" s="4" t="inlineStr">
         <is>
-          <t>(098)9310188</t>
+          <t>(098)9310188, (098)5227423</t>
         </is>
       </c>
       <c r="Q193" s="4"/>
       <c r="R193" s="4" t="inlineStr">
         <is>
           <t>znaykaodessa@ukr.net</t>
         </is>
       </c>
       <c r="S193" s="4"/>
       <c r="T193" s="4" t="inlineStr">
         <is>
           <t>Директор Кисельова Олена Володимирівна</t>
         </is>
       </c>
       <c r="U193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V193" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W193" s="6" t="inlineStr">