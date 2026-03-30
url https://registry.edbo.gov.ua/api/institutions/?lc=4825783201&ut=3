--- v0 (2025-10-21)
+++ v1 (2026-03-30)
@@ -436,115 +436,115 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Новопетрівська гімназія з початковою школою та дошкільним підрозділом Широківської сільської ради Баштанського району Миколаївської області</t>
+          <t>Новопетрівська гімназія з початковою школою та дошкільним підрозділом Широківської селищної ради Баштанського району Миколаївської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>134850</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
-          <t>Новопетрівська гімназія Широківської сільської ради</t>
+          <t>Новопетрівська гімназія Широківської селищної ради</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>4825783201</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с. Новопетрівка, Снігурівський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 95</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA48020230030029987</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Баштанський р-н, с. Новопетрівка</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та культури Широківської сільської ради Миколаївської області</t>
+          <t>Відділ освіти та культури Широківської селищної ради Миколаївської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(095)3416512</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>novopetrivka95@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/novopetrivskazos/administracia-skoli</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Лубова Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>