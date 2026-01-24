--- v0 (2025-10-28)
+++ v1 (2026-01-24)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$27</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$25</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y27"/>
+  <dimension ref="A1:Y25"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -2127,1171 +2127,945 @@
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Першотравнева гімназія з початковою школою та дошкільним підрозділом Снігурівської міської ради Баштанського району Миколаївської області</t>
+          <t>Садова гімназія з початковою школою Горохівської сільської ради Баштанського району Миколаївської області</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>136892</v>
+        <v>134914</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Першотравнева гімназія</t>
+          <t>Садова гімназія</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
-          <t>4825783901</t>
+          <t>4825781405</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
-          <t>с. Першотравневе, Снігурівський район, Миколаївська область</t>
+          <t>с-ще Садове, Снігурівський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вишнева, 64</t>
+          <t>вулиця Паркова, 7</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
-          <t>UA48020190180041212</t>
+          <t>UA48020090180070395</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
-          <t>Миколаївська обл., Баштанський р-н, с. Мирне</t>
+          <t>Миколаївська обл., Баштанський р-н, с-ще Садове</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Снігурівської міської ради</t>
+          <t>Відділ освіти Горохівської сільської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(099)2175981</t>
+          <t>(050)2854175</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>Pershot@ukr.net</t>
+          <t>sadovazosh@i.ua</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>http://pershotravneve.edukit.mk.ua</t>
+          <t>http://sadovazosh.ucoz.ru</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Рудюк Світлана Олександрівна</t>
+          <t>Директор Маланчук Тетяна Стефанівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Садова гімназія з початковою школою Горохівської сільської ради Баштанського району Миколаївської області</t>
+          <t>Снігурівський ліцей № 3 Снігурівської міської ради Баштанського району Миколаївської області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>134914</v>
+        <v>136255</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Садова гімназія</t>
+          <t>Снігурівський ліцей № 3 Снігурівської міської ради</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
-          <t>4825781405</t>
+          <t>4825710100</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
-          <t>с-ще Садове, Снігурівський район, Миколаївська область</t>
+          <t>Снігурівка, Снігурівський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Паркова, 7</t>
+          <t>вулиця Чайковського, 55</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
-          <t>UA48020090180070395</t>
+          <t>UA48020190010089719</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
-          <t>Миколаївська обл., Баштанський р-н, с-ще Садове</t>
+          <t>Миколаївська обл., Баштанський р-н, м. Снігурівка</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Горохівської сільської ради</t>
+          <t>Відділ освіти Снігурівської міської ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(050)2854175</t>
+          <t>(05162)21828, (063)9452243</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>sadovazosh@i.ua</t>
+          <t>snig3zosh@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>http://sadovazosh.ucoz.ru</t>
+          <t>https://snig3zosh.wixsite.com/snig3zosh</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Маланчук Тетяна Стефанівна</t>
+          <t>Директор Пастухова Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Снігурівський ліцей № 3 Снігурівської міської ради Баштанського району Миколаївської області</t>
+          <t>Снігурівський ліцей Снігурівської міської ради Баштанського району Миколаївської області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>136255</v>
+        <v>135636</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Снігурівський ліцей № 3 Снігурівської міської ради</t>
+          <t>Снігурівський ліцей Снігурівської міської ради</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>4825710100</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Снігурівка, Снігурівський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чайковського, 55</t>
+          <t>вулиця Суворова, 17</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA48020190010089719</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Баштанський р-н, м. Снігурівка</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Снігурівської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(05162)21828, (063)9452243</t>
+          <t>(05162)32162, (050)8681471</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>snig3zosh@ukr.net</t>
+          <t>snig4@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>https://snig3zosh.wixsite.com/snig3zosh</t>
+          <t>https://sites.google.com/site/snigurivskaschool4</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Пастухова Наталія Миколаївна</t>
+          <t>Директор Дробенчук Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Снігурівський ліцей Снігурівської міської ради Баштанського району Миколаївської області</t>
+          <t>Суворська гімназія з початковою школою Горохівської сільської ради Баштанського району Миколаївської області</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>135636</v>
+        <v>134960</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Снігурівський ліцей Снігурівської міської ради</t>
+          <t>Суворська гімназія</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
-          <t>4825710100</t>
+          <t>4825785201</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
-          <t>Снігурівка, Снігурівський район, Миколаївська область</t>
+          <t>с. Суворе, Снігурівський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Суворова, 17</t>
+          <t>вулиця Центральна, 42</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
-          <t>UA48020190010089719</t>
+          <t>UA48020090160053277</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
-          <t>Миколаївська обл., Баштанський р-н, м. Снігурівка</t>
+          <t>Миколаївська обл., Баштанський р-н, с. Суворе</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Снігурівської міської ради</t>
+          <t>Відділ освіти Горохівської сільської ради</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(05162)32162, (050)8681471</t>
+          <t>(099)5616574</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>snig4@ukr.net</t>
+          <t>chervonazirka2010@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>https://sites.google.com/site/snigurivskaschool4</t>
+          <t>http://cherzirka-school.edukit.mk.ua/finansova_zvitnistj/2018/</t>
         </is>
       </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Дробенчук Ольга Володимирівна</t>
+          <t>Директор Бульба Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Суворська гімназія з початковою школою Горохівської сільської ради Баштанського району Миколаївської області</t>
+          <t>Центральний ліцей Шевченківської сільської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>134960</v>
+        <v>136220</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Суворська гімназія</t>
+          <t>Центральний ліцей</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
-          <t>4825785201</t>
+          <t>4825784701</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
-          <t>с. Суворе, Снігурівський район, Миколаївська область</t>
+          <t>с-ще Центральне, Снігурівський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 42</t>
+          <t>вулиця Суворова, 1в</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
-          <t>UA48020090160053277</t>
+          <t>UA48060370210033031</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
-          <t>Миколаївська обл., Баштанський р-н, с. Суворе</t>
+          <t>Миколаївська обл., Миколаївський р-н, с-ще Центральне</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Горохівської сільської ради</t>
+          <t>Відділ освіти, молоді та спорту Шевченківської сільської ради</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(099)5616574</t>
+          <t>(095)7698303</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>chervonazirka2010@ukr.net</t>
+          <t>zoshima@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>http://cherzirka-school.edukit.mk.ua/finansova_zvitnistj/2018/</t>
+          <t>http://vlada.pp.ua/</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Бульба Світлана Миколаївна</t>
+          <t>Директор Фещук Олеся Петрівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Тамаринська гімназія з початковою школою та дошкільним підрозділом Снігурівської міської ради Баштанського району Миколаївської області</t>
+          <t>Червонодолинський ліцей Широківської сільської ради Баштанського району Миколаївської області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>136507</v>
+        <v>136335</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Тамаринська гімназія</t>
+          <t>Червонодолинський ліцей Широківської сільської ради</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
-          <t>4825784201</t>
+          <t>4825785001</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
-          <t>с. Тамарине, Снігурівський район, Миколаївська область</t>
+          <t>с. Червона Долина, Снігурівський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 12/1</t>
+          <t>вулиця Миру, 39</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
-          <t>UA48020190190060019</t>
+          <t>UA48020230050056391</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
-          <t>Миколаївська обл., Баштанський р-н, с. Тамарине</t>
+          <t>Миколаївська обл., Баштанський р-н, с. Червона Долина</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Снігурівської міської ради</t>
+          <t>Відділ освіти та культури Широківської сільської ради Миколаївської області</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(099)2800986</t>
+          <t>(066)0739935</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>tamarinska_zosh@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>chervonadolina.zosh@ukr.net</t>
+        </is>
+      </c>
+      <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Шміло Ірина Іванівна</t>
+          <t>Директор Мушин Віктор Ярославович</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Центральний ліцей Шевченківської сільської ради Миколаївської області</t>
+          <t>Широківська початкова школа з дошкільним підрозділом Широківської сільської ради Баштанського району Миколаївської області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>136220</v>
+        <v>137161</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Центральний ліцей</t>
+          <t>Широківська початкова школа Широківської сільської ради</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
-          <t>4825784701</t>
+          <t>4825785005</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
-          <t>с-ще Центральне, Снігурівський район, Миколаївська область</t>
+          <t>с-ще Широке, Снігурівський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Суворова, 1в</t>
+          <t>вулиця Садова, 36</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
-          <t>UA48060370210033031</t>
+          <t>UA48020230010060096</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
-          <t>Миколаївська обл., Миколаївський р-н, с-ще Центральне</t>
+          <t>Миколаївська обл., Баштанський р-н, с-ще Широке</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Шевченківської сільської ради</t>
+          <t>Відділ освіти та культури Широківської сільської ради Миколаївської області</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(095)7698303</t>
+          <t>(050)2050667</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>zoshima@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>shurokivskaschool@ukr.net</t>
+        </is>
+      </c>
+      <c r="S24" s="4"/>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Фещук Олеся Петрівна</t>
+          <t>Директор Ткач Людмила Вячеславівна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Червонодолинський ліцей Широківської сільської ради Баштанського району Миколаївської області</t>
+          <t>Юріївська гімназія з початковою школою та дошкільним підрозділом Снігурівської міської ради Баштанського району Миколаївської області</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>136335</v>
+        <v>135651</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Червонодолинський ліцей Широківської сільської ради</t>
+          <t>Юріївська гімназія</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
-          <t>4825785001</t>
+          <t>4825780503</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
-          <t>с. Червона Долина, Снігурівський район, Миколаївська область</t>
+          <t>с. Юр'ївка, Снігурівський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миру, 39</t>
+          <t>вулиця Молодіжна, 24</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
-          <t>UA48020230050056391</t>
+          <t>UA48020190210069125</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
-          <t>Миколаївська обл., Баштанський р-н, с. Червона Долина</t>
+          <t>Миколаївська обл., Баштанський р-н, с. Юріївка</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти та культури Широківської сільської ради Миколаївської області</t>
+          <t>Відділ освіти Снігурівської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(066)0739935</t>
+          <t>(099)7096416</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>chervonadolina.zosh@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S25" s="4"/>
+          <t>loshak.o@ukr.net</t>
+        </is>
+      </c>
+      <c r="S25" s="4" t="inlineStr">
+        <is>
+          <t>http://yurivska-zosh.mk.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Мушин Віктор Ярославович</t>
+          <t>Директор Кирдяк Валентина Геннадіївна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
-[...220 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y27"/>
+  <autoFilter ref="A1:Y25"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>