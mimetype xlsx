--- v0 (2025-10-21)
+++ v1 (2026-03-30)
@@ -319,115 +319,115 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Чаусівський ліцей Синюхино-Брідської сільської ради Первомайського району Миколаївської області</t>
+          <t>Чаусівський ліцей Синюшинобрідської сільської ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>135459</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>Чаусівський ліцей Синюхино-Брідської сільської ради</t>
+          <t>Чаусівський ліцей Синюшинобрідської сільської ради</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4825488201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Чаусове, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 12</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA48080150140033459</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Чаусове</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Синюхино-Брідської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Синюшинобрідської сільської ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(068)7080869</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>sichkarova@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://chausivsky-nvk1.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Солонар Надія Степанівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>