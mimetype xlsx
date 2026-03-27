--- v0 (2025-11-04)
+++ v1 (2026-03-27)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Кумарівська гімназія Кам'яномостівської сільської ради Первомайського району Миколаївської області</t>
+          <t>Кумарівська гімназія Кам'яномостівської селищної ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>134396</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Кумарівська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Кумарі, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 98</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA48080070080025549</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Кумарі</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05161)61780</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kumarivskaschool@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://www.kumari-perv.edukit.mk.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> Хайсина Лариса Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>