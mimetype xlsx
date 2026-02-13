--- v0 (2025-10-21)
+++ v1 (2026-02-13)
@@ -319,115 +319,115 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Кримківська гімназія Кам'яномостівської сільської ради Первомайського району Миколаївської області</t>
+          <t>Кримківська гімназія Кам'яномостівської селищної ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>137794</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Кримківська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G2" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H2" s="6" t="inlineStr">
         <is>
           <t>4825483201</t>
         </is>
       </c>
       <c r="I2" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Кримка, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
-          <t>вулиця Моргуненка, 7</t>
+          <t>вулиця Моргуненка, 7 А</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA48080070070093685</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Кримка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(05161)66771, (068)0658693</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>krimka-school@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://krymkaschool.at.ua/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Поліщук Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>