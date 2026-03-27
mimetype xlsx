--- v0 (2025-12-27)
+++ v1 (2026-03-27)
@@ -541,164 +541,164 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Довгопристанський ліцей Синюхино-Брідської сільської ради Первомайського району Миколаївської області</t>
+          <t>Довгопристанський ліцей Синюшинобрідської сільської ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>134805</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Довгопристанський ліцей Синюхино-Брідської сільської ради</t>
+          <t>Довгопристанський ліцей Синюшинобрідської сільської ради</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>4825481201</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Довга Пристань, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 44</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA48080150050079141</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Довга Пристань</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Синюхино-Брідської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Синюшинобрідської сільської ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(05161)64640</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>dovgapristan2016@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://dovgapr.at.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Салєнко Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Зеленокошарська гімназія Кам'яномостівської сільської ради Первомайського району Миколаївської області</t>
+          <t>Зеленокошарська гімназія Кам'яномостівської селищної ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
         <v>135470</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
           <t>Зеленокошарська гімназія</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -718,96 +718,96 @@
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>с. Зелені Кошари, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Ювілейна, 20</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA48080070020020747</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Зелені Кошари</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської селищної ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(068)3149791</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>zelkoschari@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t> Клименюк Любов Дмитрівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Кам'яномостівська гімназія Кам'яномостівської сільської ради Первомайського району Миколаївської області</t>
+          <t>Кам'яномостівська гімназія Кам'яномостівської селищної ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>140252</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Кам'яномостівська гімназія</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -827,100 +827,100 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>с. Кам'яний Міст, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 45</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA48080070040024460</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Кам’яний Міст</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської селищної ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(067)3186567</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>kmist@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://kmist-school.edukit.mk.ua/</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Коломієць Валентина Іванівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Кам'яномостівський ліцей Кам'яномостівської сільської ради Первомайського району Миколаївської області</t>
+          <t>Кам'яномостівський ліцей Кам'яномостівської селищної ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
         <v>137724</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
           <t>Кам`яномостівський ліцей</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -940,100 +940,100 @@
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>с-ще Кам'яний Міст, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 22 - а</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA48080070010068754</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с-ще Кам’яний Міст</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської селищної ради</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
           <t>(05161)62619</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>kammostschool@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
           <t>http://kammostschool.ucoz.ua/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Родіков Олександр Васильович</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Катеринківська гімназія Кам'яномостівської сільської ради Первомайського району Миколаївської області</t>
+          <t>Катеринківська гімназія Кам'яномостівської селищної ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>135625</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>Катеринківська гімназія</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -1053,51 +1053,51 @@
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Катеринка, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 1/1</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA48080070050048709</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Катеринка</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської селищної ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(096)4279443</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>katerynkanvk@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://katerynkanvk.ucoz.com/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Осадча Інна Володимирівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
@@ -1215,164 +1215,164 @@
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Кримківська гімназія Кам'яномостівської сільської ради Первомайського району Миколаївської області</t>
+          <t>Кримківська гімназія Кам'яномостівської селищної ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>137794</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>Кримківська гімназія</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>4825483201</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>с. Кримка, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Моргуненка, 7</t>
+          <t>вулиця Моргуненка, 7 А</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA48080070070093685</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Кримка</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської селищної ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(05161)66771, (068)0658693</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>krimka-school@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>http://krymkaschool.at.ua/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>Директор Поліщук Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Кумарівська гімназія Кам'яномостівської сільської ради Первомайського району Миколаївської області</t>
+          <t>Кумарівська гімназія Кам'яномостівської селищної ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
         <v>134396</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>Кумарівська гімназія</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -1392,51 +1392,51 @@
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>с. Кумарі, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 98</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA48080070080025549</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Кумарі</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської селищної ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(05161)61780</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>kumarivskaschool@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>http://www.kumari-perv.edukit.mk.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t> Хайсина Лариса Володимирівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
@@ -2002,115 +2002,115 @@
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Синюхинобрідський ліцей Синюхино-Брідської сільської ради Первомайського району Миколаївської області</t>
+          <t>Синюшинобрідський ліцей Синюшинобрідської сільської ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>135458</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Синюхинобрідський ліцей</t>
+          <t>Синюшинобрідський ліцей</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>4825486301</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>с. Синюхин Брід, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 13-А</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA48080150010074493</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Синюхин Брід</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Синюхино-Брідської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Синюшинобрідської сільської ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(098)6086755</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
           <t>sinuhabrod@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
           <t>http://synbrid-school.edukit.mk.ua/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
           <t>Директор Турова Раїса Анатоліївна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
@@ -2228,51 +2228,51 @@
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Степківська гімназія Кам'яномостівської сільської ради Первомайського району Миколаївської області</t>
+          <t>Степківська гімназія Кам'яномостівської селищної ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
         <v>137213</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>Степківська гімназія</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -2292,164 +2292,164 @@
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>с. Степківка, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
           <t>вулиця Первомайська, 5</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA48080070130021141</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Степківка</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Кам'яномостівської селищної ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(05161)65140</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>stepkivskaschool@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
           <t>http://stepkivka-school.edukit.mk.ua</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
           <t> Трегубчак Вікторія Олександрівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Чаусівський ліцей Синюхино-Брідської сільської ради Первомайського району Миколаївської області</t>
+          <t>Чаусівський ліцей Синюшинобрідської сільської ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
         <v>135459</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Чаусівський ліцей Синюхино-Брідської сільської ради</t>
+          <t>Чаусівський ліцей Синюшинобрідської сільської ради</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>4825488201</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>с. Чаусове, Первомайський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
           <t>вулиця Молодіжна, 12</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA48080150140033459</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Первомайський р-н, с. Чаусове</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді та спорту Синюхино-Брідської сільської ради</t>
+          <t>Відділ освіти, культури, молоді та спорту Синюшинобрідської сільської ради Первомайського району Миколаївської області</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(068)7080869</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>sichkarova@gmail.com</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>http://chausivsky-nvk1.at.ua</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Директор Солонар Надія Степанівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>