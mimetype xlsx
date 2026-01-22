--- v0 (2025-10-24)
+++ v1 (2026-01-22)
@@ -1425,99 +1425,99 @@
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Чорноморська загальноосвітня школа І-ІІІ ступенів Чорноморської сільської ради Очаківського району Миколаївської області</t>
+          <t>Чорноморська загальноосвітня школа І-ІІІ ступенів Чорноморської сільської ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>141903</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Чорноморська ЗОШ І-ІІІ ступенів Чорноморської сільської ради Очаківського району Миколаївської області</t>
+          <t>Чорноморська ЗОШ І-ІІІ ступенів Чорноморської сільської ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>4825184801</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>с. Чорноморка, Очаківський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Суворова, 111</t>
+          <t>вулиця Захисників України, 111</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA48060350010026429</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с. Чорноморка</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури та спорту, дітей, сім'ї та молоді, соціального захисту Чорноморської сільської ради Очаківського району Миколаївської області</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(05154)96317, (098)2485982</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">