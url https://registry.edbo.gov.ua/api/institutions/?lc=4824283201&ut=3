--- v0 (2025-10-21)
+++ v1 (2026-03-30)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Петрівка, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця В. Бондаренка, 6</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA48060030090075375</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с. Петрівка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0512)51-42-21</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>Petrivka_shkola@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Кузьмичова Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">