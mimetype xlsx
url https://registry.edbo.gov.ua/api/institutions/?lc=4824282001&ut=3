--- v0 (2025-10-21)
+++ v1 (2026-03-30)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Кривобалківський ліцей з початковою школою та гімназією Веснянської сільської ради Миколаївського району Миколаївської області</t>
+          <t>Кривобалківський ліцей з початковою школою та гімназією Веснянської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>134597</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Кривобалківський ліцей</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Крива Балка, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 18</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA48060030070094836</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с. Крива Балка</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0512)514511</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>kryvabalkaschool@meta.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://kbalka-zosh.mk.sch.in.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Нанівська Руслана Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>