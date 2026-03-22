--- v0 (2025-12-22)
+++ v1 (2026-03-22)
@@ -432,51 +432,51 @@
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
-          <t>Веснянський ліцей з початковою школою та гімназією Веснянської сільської ради Миколаївського району Миколаївської області</t>
+          <t>Веснянський ліцей з початковою школою та гімназією Веснянської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>137237</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>Веснянський ліцей</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -496,100 +496,100 @@
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>с-ще Весняне, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Степова, 28-А</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA48060030010040372</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с-ще Весняне</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(050)5632007, (0512)51-46-72</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>vesnynska_shkola@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>vesnynska.e-schools.info/news/97711</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Єфремов Олександр Іванович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Зарічненський ліцей Радсадівської сільської ради Миколаївського району Миколаївської області</t>
+          <t>Зарічненський ліцей Радісносадівської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>135761</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>Зарічненський ліцей</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -609,72 +609,72 @@
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>с. Зарічне, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1-А</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA48060290020079011</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с. Зарічне</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді, спорту та туризму Радсадівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді, спорту та туризму Радісносадівської селищної ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(0512)489191</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>kirov-zosh@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>http://kirove.edukit.mk.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Коврига Надія Миронівна</t>
+          <t>Директор Головньова Анна Олегівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
@@ -767,51 +767,51 @@
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Зеленоярський ліцей з початковою школою та гімназією Веснянської сільської ради Миколаївського району Миколаївської області</t>
+          <t>Зеленоярський ліцей з початковою школою та гімназією Веснянської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
         <v>136499</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
           <t>Зеленоярський ліцей</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -831,72 +831,72 @@
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>с-ще Зелений Яр, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1-А</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA48060030150082903</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с-ще Зелений Яр</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської селищної ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(0512)514139</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>zezsh@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>zezsh.e-schools.info</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Кузьмичова Тетяна Вікторівна</t>
+          <t>В.о. директора Кузьмичова Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
@@ -989,51 +989,51 @@
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Кир'яківський ліцей з початковою школою та гімназією Веснянської сільської ради Миколаївського району Миколаївської області</t>
+          <t>Кир'яківський ліцей з початковою школою та гімназією Веснянської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
         <v>139343</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
           <t>Кир'яківський ліцей</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -1053,100 +1053,100 @@
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>с. Кир'яківка, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 6</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA48060030060084705</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с. Кир’яківка</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської селищної ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(0512)515724</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>kyriakovka-2017@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://kyriakivka-school.edukit.mk.ua/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Ханенко Анастасія Сергіївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>КОВАЛІВСЬКИЙ ЛІЦЕЙ ОЛЬШАНСЬКОЇ СЕЛИЩНОЇ РАДИ МИКОЛАЇВСЬКОГО РАЙОНУ МИКОЛАЇВСЬКОЇ ОБЛАСТІ</t>
+          <t>Ковалівський ліцей Ольшанської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
         <v>137257</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
           <t>Ковалівський ліцей</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -1215,51 +1215,51 @@
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Кривобалківський ліцей з початковою школою та гімназією Веснянської сільської ради Миколаївського району Миколаївської області</t>
+          <t>Кривобалківський ліцей з початковою школою та гімназією Веснянської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
         <v>134597</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>Кривобалківський ліцей</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -1279,51 +1279,51 @@
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>с. Крива Балка, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 18</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA48060030070094836</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с. Крива Балка</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської селищної ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(0512)514511</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>kryvabalkaschool@meta.ua</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>http://kbalka-zosh.mk.sch.in.ua</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Нанівська Руслана Миколаївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
@@ -1550,51 +1550,51 @@
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Надбузька гімназія з початковою школою Веснянської сільської ради Миколаївського району Миколаївської області</t>
+          <t>Надбузька гімназія з початковою школою Веснянської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>136454</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>Надбузька гімназія</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -1614,51 +1614,51 @@
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>с-ще Надбузьке, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
           <t>вулиця П.Глазового, 1</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA48060030160092491</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с-ще Надбузьке</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської селищної ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(067)1080200, (0512)33-35-83</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>nadbyzka_zosh@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Директор Резніченко Валентина Харлампіївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
@@ -1873,51 +1873,51 @@
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Новобогданівський ліцей Радсадівської сільської ради Миколаївського району Миколаївської області</t>
+          <t>Новобогданівський ліцей Радісносадівської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
         <v>137362</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>Новобогданівський ліцей</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
@@ -1937,96 +1937,96 @@
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>с. Новобогданівка, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 54</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA48060290050044882</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с. Новобогданівка</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді, спорту та туризму Радсадівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді, спорту та туризму Радісносадівської селищної ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
           <t>(0512)76-54-24</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
           <t>novobogdanivska@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
           <t>Директор Якубенко Ірина Іванівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>ОЛЬШАНСЬКИЙ ЛІЦЕЙ ОЛЬШАНСЬКОЇ СЕЛИЩНОЇ РАДИ МИКОЛАЇВСЬКОГО РАЙОНУ МИКОЛАЇВСЬКОЇ ОБЛАСТІ</t>
+          <t>Ольшанський ліцей Ольшанської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
         <v>137729</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>Ольшанський ліцей</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -2159,51 +2159,51 @@
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>с. Петрівка, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
           <t>вулиця В. Бондаренка, 6</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA48060030090075375</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с. Петрівка</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської селищної ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(0512)51-42-21</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>Petrivka_shkola@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
           <t>Директор Кузьмичова Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
@@ -2268,160 +2268,160 @@
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>с. Петрово-Солониха, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 15</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA48060030100078638</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с. Петрово-Солониха</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської селищної ради</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>(095)3242437</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
           <t>soloniha@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Лісова Олена Сергіївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Радсадівський ліцей Радсадівської сільської ради Миколаївського району Миколаївської області</t>
+          <t>Радісносадівський ліцей Радісносадівської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
         <v>137387</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Радсадівський ліцей</t>
+          <t>Радісносадівський ліцей</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>4824283801</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>с-ще Радісний Сад, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 41-Б</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA48060290010094929</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с-ще Радісний Сад</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, культури, молоді, спорту та туризму Радсадівської сільської ради</t>
+          <t>Відділ освіти, культури, молоді, спорту та туризму Радісносадівської селищної ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(0512)518303</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>radsad_school@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>http://osvitaradsadu.ucoz.net</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Директор Володько Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
@@ -2640,51 +2640,51 @@
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>ШОСТАКІВСЬКИЙ ЛІЦЕЙ ОЛЬШАНСЬКОЇ СЕЛИЩНОЇ РАДИ МИКОЛАЇВСЬКОГО РАЙОНУ МИКОЛАЇВСЬКОЇ ОБЛАСТІ</t>
+          <t>Шостаківський ліцей Ольшанської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
         <v>136259</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>Шостаківський ліцей</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -2749,51 +2749,51 @@
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Шуринський ліцей з початковою школою та гімназією Веснянської сільської ради Миколаївського району Миколаївської області</t>
+          <t>Шуринський ліцей з початковою школою та гімназією Веснянської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
         <v>134607</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>Шуринський ліцей</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
@@ -2813,51 +2813,51 @@
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>с. Шурине, Миколаївський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 37</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA48060030140015874</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с. Шурине</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської сільської ради</t>
+          <t>Відділ освіти, молоді, спорту, культури, туризму та правопорядку Веснянської селищної ради</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(0512)515324</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
           <t>shurino@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4"/>
       <c r="T24" s="4" t="inlineStr">
         <is>
           <t> Коновалюк Микола Васильович</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">