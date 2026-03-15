--- v0 (2025-11-01)
+++ v1 (2026-03-15)
@@ -319,51 +319,51 @@
       </c>
       <c r="V1" s="3" t="inlineStr">
         <is>
           <t>Сільський</t>
         </is>
       </c>
       <c r="W1" s="3" t="inlineStr">
         <is>
           <t>Гірський</t>
         </is>
       </c>
       <c r="X1" s="3" t="inlineStr">
         <is>
           <t>Інтернат</t>
         </is>
       </c>
       <c r="Y1" s="3" t="inlineStr">
         <is>
           <t>Ліцензовані обсяги</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="4" t="inlineStr">
         <is>
-          <t>Партизанська гімназія зі структурними підрозділами (початкова школа та дошкільний підрозділ) Первомайської селищної ради Миколаївського району Миколаївської області</t>
+          <t>Партизанська гімназія зі структурними підрозділами (початкова школа та дошкільний підрозділ) Заводської селищної ради Миколаївського району Миколаївської області</t>
         </is>
       </c>
       <c r="B2" s="5" t="n">
         <v>140780</v>
       </c>
       <c r="C2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
           <t>Партизанська гімназія</t>
         </is>
       </c>
       <c r="E2" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F2" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>с. Партизанське, Вітовський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Миру, 1</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA48060270090026772</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с. Партизанське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Первомайської селищної ради</t>
+          <t>Відділ освіти Заводської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0512)680119</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>partzanskashkola74@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Попюк Олексій Васильович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">