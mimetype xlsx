--- v0 (2025-12-21)
+++ v1 (2026-03-13)
@@ -383,51 +383,51 @@
         </is>
       </c>
       <c r="J2" s="4" t="inlineStr">
         <is>
           <t>смт Первомайське, Вітовський район, Миколаївська область</t>
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Ювілейна, 13</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA48060270010054876</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Миколаївський р-н, с-ще Первомайське</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
-          <t>Відділ освіти Первомайської селищної ради</t>
+          <t>Відділ освіти Заводської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(0512)68-31-79</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>pervomayskask@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4"/>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t> Поліщук Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">