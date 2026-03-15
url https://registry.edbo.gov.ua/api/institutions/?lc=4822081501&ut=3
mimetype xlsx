--- v0 (2025-11-03)
+++ v1 (2026-03-15)
@@ -509,51 +509,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Олександрівської селищної ради</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(05134)93540</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>voronovkazosh@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>https://voronovkazosh.e-schools.info/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Марченко Богдан Вікторович</t>
+          <t>Директор Говязь Тетяна Василівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
   </sheetData>