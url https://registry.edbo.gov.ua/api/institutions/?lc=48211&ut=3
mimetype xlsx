--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -1922,67 +1922,67 @@
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
           <t>вулиця Центральна, 5-А</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA48020030220051495</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., Баштанський р-н, с. Новосевастополь</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Березнегуватської селищної ради</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(097)4968723</t>
+          <t>(066)2669637</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
           <t>novosevastopol@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
           <t>http://novosevastopol-school.edukit.mk.ua</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Осичнюк Ірина Валеріївна</t>
+          <t>Директор Яценко Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">