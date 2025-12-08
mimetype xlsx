--- v0 (2025-10-14)
+++ v1 (2025-12-08)
@@ -856,51 +856,51 @@
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Вознесенської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(05134)32797, (05134)32788</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>school7voz@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://www.voznesensk-school7.edukit.mk.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор В'язових Юлія Олександрівна</t>
+          <t>В.о. директора Папушой Юлія Григорівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">