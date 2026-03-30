--- v1 (2025-12-08)
+++ v2 (2026-03-30)
@@ -856,51 +856,51 @@
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Вознесенської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(05134)32797, (05134)32788</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>school7voz@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://www.voznesensk-school7.edukit.mk.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Папушой Юлія Григорівна</t>
+          <t>Директор Новак Ольга Михайлівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">