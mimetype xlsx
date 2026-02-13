--- v0 (2025-11-06)
+++ v1 (2026-02-13)
@@ -634,51 +634,51 @@
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(0512)30-10-31</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>nikolaevschkola12@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Карпенко Катерина Олександрівна</t>
+          <t>Директор Карпенко Катерина Олександрівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
@@ -743,51 +743,51 @@
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(0512)47-38-39</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>panasonok13@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Полосков Микола Анатолійович</t>
+          <t>Директор Полосков Микола Анатолійович</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
@@ -1740,51 +1740,51 @@
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(0512)30-34-54</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>school3mk@gmail.com</t>
         </is>
       </c>
       <c r="S14" s="4"/>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Зінченко Діна Єгорівна</t>
+          <t>Директор Казаковцева Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
@@ -2079,51 +2079,51 @@
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(0512)24-41-66</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
           <t>nikschool53@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
           <t>http://school53.mk.ua/</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бурматова Ольга Михайлівна</t>
+          <t>Директор Бурматова Ольга Михайлівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
@@ -2406,51 +2406,51 @@
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(0512)378606</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>arkasgymn1@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Патлата Любов Василівна</t>
+          <t>Директор Патлата Любов Василівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">