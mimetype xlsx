--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -815,51 +815,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>4810136900</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чайковського, 11-А</t>
+          <t>вулиця Віталія Бохонка, 11-А</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
           <t>(0512)40-78-86</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">