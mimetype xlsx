--- v1 (2025-12-19)
+++ v2 (2026-03-13)
@@ -626,51 +626,51 @@
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(0512)446610</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>school11nik@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Горобець Олександр Вікторович</t>
+          <t>Директор Шутяк Матвій Іванович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
@@ -1070,51 +1070,51 @@
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(0512)443920</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>mykolaiv.school30@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://mkschool30.at.ua</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Драбинюк Надія Петрівна</t>
+          <t>Директор Капустенко Олена Арсенівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1183,51 +1183,51 @@
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>(0512)444267</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
           <t>school45nik@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/school45.net/mg45</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Целищев Олексій Сергійович</t>
+          <t>Директор Шаповал Юрій Ігорович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
@@ -1405,51 +1405,51 @@
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(0512)64-85-72</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>gimnazia50nik@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Дячук Валентина Іванівна</t>
+          <t>Директор Дячук Валентина Іванівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
@@ -1514,51 +1514,51 @@
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(0512)55-46-23</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>school56-2015@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Мазур Ольга Миколаївна</t>
+          <t>Директор Шутяк Анастасія Олегівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
@@ -2180,51 +2180,51 @@
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>(0512)55-50-67</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
           <t>school42nikolaev@gmail.com</t>
         </is>
       </c>
       <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Карпенко Олена Олександрівна</t>
+          <t>Директор Карпенко Олена Олександрівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">