--- v0 (2025-10-14)
+++ v1 (2026-03-13)
@@ -743,51 +743,51 @@
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(0512)64-59-53</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>school.29nik@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Грицюк Лариса Анатоліївна</t>
+          <t>Директор Грицюк Лариса Анатоліївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
@@ -1300,51 +1300,51 @@
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(0512)640284</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>school48mk@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>http://zosh48mk.at.ua/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Казаковцева Оксана Миколаївна</t>
+          <t>В.о. директора Синєбрюхова Вікторія Вікторівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
@@ -1627,51 +1627,51 @@
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(0512)635367</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>gimnaziya3@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Письменна Марія Федорівна</t>
+          <t>Директор Колесніченко Наталія Федорівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
@@ -1740,51 +1740,51 @@
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(0512)63-45-54, (0512)63-45-57</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>olzhich1@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
           <t>http://mzoch1-olzhich.ucoz.ua</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гурко Олексій Сергійович</t>
+          <t>Директор Гурко Олексій Сергійович</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
   </sheetData>