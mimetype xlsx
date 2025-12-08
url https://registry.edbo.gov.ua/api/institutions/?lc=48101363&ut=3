--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -413,51 +413,51 @@
           <t>(0512)441751</t>
         </is>
       </c>
       <c r="Q2" s="4" t="inlineStr">
         <is>
           <t>(0512)441751</t>
         </is>
       </c>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>internatschool7@ukr.net</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>http://internat-myk-wk.at.ua</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Макарова Галина Олександрівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад фахової передвищої освіти "Миколаївський фаховий коледж фізичної культури" Миколаївської обласної ради</t>
         </is>
       </c>