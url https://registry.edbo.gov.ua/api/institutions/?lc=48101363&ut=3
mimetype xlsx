--- v1 (2025-12-08)
+++ v2 (2026-02-13)
@@ -1070,51 +1070,51 @@
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(0512)30-29-78</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>nikzzso31@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Анциферова Лариса Вікторівна</t>
+          <t>Директор Приходченко Володимир Юрійович</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1292,51 +1292,51 @@
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(0512)70-94-18</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>schkola36@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гриньків Наталія Михайлівна</t>
+          <t>Директор Гриньків Наталія Михайлівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
@@ -1732,51 +1732,51 @@
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(0512)41-33-44</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>school57nik@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
           <t>https://school57nik.ucoz.com/</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Малахов Андрій Анатолійович</t>
+          <t>Директор Малахов Андрій Анатолійович</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
@@ -2398,51 +2398,51 @@
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(0512)41-16-44</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>mkgym4@gmail.com</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
           <t>http://g4.mk.ua</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Васильков Дмитро Юрійович</t>
+          <t>Директор Васильков Дмитро Юрійович</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">