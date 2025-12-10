--- v0 (2025-10-20)
+++ v1 (2025-12-10)
@@ -881,51 +881,51 @@
           <t>(0512)441751</t>
         </is>
       </c>
       <c r="Q6" s="4" t="inlineStr">
         <is>
           <t>(0512)441751</t>
         </is>
       </c>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>internatschool7@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>http://internat-myk-wk.at.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>В.о. директора Макарова Галина Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Комунальний заклад «Миколаївський спортивний ліцей» Миколаївської обласної ради</t>
         </is>
       </c>
@@ -2728,51 +2728,51 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>4810136900</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чайковського, 11-А</t>
+          <t>вулиця Віталія Бохонка, 11-А</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
           <t>(0512)40-78-86</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
@@ -5671,3127 +5671,3127 @@
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Миколаївська спеціалізована приватна школа I-III ступенів "Ор Менахем" Миколаївської області</t>
+          <t>Миколаївська спеціальна школа для дітей з порушеннями зору Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>144069</v>
+        <v>145771</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>МСПШ "Ор Менахем"</t>
+          <t>спеціальна школа для дітей з порушеннями зору</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
-          <t>4810137200</t>
+          <t>4810136900</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чкалова, 110/1</t>
+          <t>проспект Миру, 21 "В"</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(0512)30-43-08</t>
+          <t>(0512)449384</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>ormenahem.n@gmail.com</t>
+          <t>msnvk@ukr.net</t>
         </is>
       </c>
       <c r="S50" s="4"/>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Павліщева Катерина Олегівна</t>
+          <t>В.о. директора Могильникова Антоніна Дмитрівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Миколаївська спеціальна школа для дітей з порушеннями зору Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей «Академія дитячої творчості» Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>145771</v>
+        <v>145689</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа для дітей з порушеннями зору</t>
+          <t>МЛ АДТ ММР</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
           <t>4810136900</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>проспект Миру, 21 "В"</t>
+          <t>вулиця Паркова, 36</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
           <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(0512)449384</t>
+          <t>(0512)40-75-53</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>msnvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S51" s="4"/>
+          <t>nss.artacademy@gmail.com</t>
+        </is>
+      </c>
+      <c r="S51" s="4" t="inlineStr">
+        <is>
+          <t>http://artacademy.org.ua/</t>
+        </is>
+      </c>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Могильникова Антоніна Дмитрівна</t>
+          <t>Директор Матвєєва Ганна Дмитрівна</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей «Академія дитячої творчості» Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №19 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>145689</v>
+        <v>145602</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>МЛ АДТ ММР</t>
+          <t>МЛ №19 ММР</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>4810136900</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Паркова, 36</t>
+          <t>вулиця Передова, 11-А</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(0512)40-75-53</t>
+          <t>(0512)40-72-99</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>nss.artacademy@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>mzosh19@gmail.com</t>
+        </is>
+      </c>
+      <c r="S52" s="4"/>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t>Директор Матвєєва Ганна Дмитрівна</t>
+          <t>Директор Ільїн Олексій Олексійович</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №19 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №2 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>145602</v>
+        <v>145344</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>МЛ №19 ММР</t>
+          <t>МЛ №2 ММР</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
-          <t>4810136900</t>
+          <t>4810137200</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>вулиця Передова, 11-А</t>
+          <t>вулиця Адміральська, 24</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010235917</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(0512)40-72-99</t>
+          <t>(0512)37-22-46</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>mzosh19@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S53" s="4"/>
+          <t>nikgimnaziya2@gmail.com</t>
+        </is>
+      </c>
+      <c r="S53" s="4" t="inlineStr">
+        <is>
+          <t>http://gymnasiya2.org.ua/</t>
+        </is>
+      </c>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Ільїн Олексій Олексійович</t>
+          <t>Директор Федоренко Володимир Олександрович</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №2 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №22 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>145344</v>
+        <v>145611</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>МЛ №2 ММР</t>
+          <t>МЛ №22 ММР</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
-          <t>4810137200</t>
+          <t>4810136300</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>вулиця Адміральська, 24</t>
+          <t>вулиця Робоча, 8</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(0512)37-22-46</t>
+          <t>(0512)589870, (0512)589871</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>nikgimnaziya2@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>nschool22@gmail.com</t>
+        </is>
+      </c>
+      <c r="S54" s="4"/>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Директор Федоренко Володимир Олександрович</t>
+          <t>Директор Богун Петро Михайлович</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №22 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №28 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>145611</v>
+        <v>145613</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>МЛ №22 ММР</t>
+          <t>МЛ №28 ММР</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
-          <t>4810136300</t>
+          <t>4810136900</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця Робоча, 8</t>
+          <t>вулиця Чайковського, 30</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(0512)589870, (0512)589871</t>
+          <t>(0512)55-83-42</t>
         </is>
       </c>
       <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>nschool22@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S55" s="4"/>
+          <t>zvonik28@ukr.net</t>
+        </is>
+      </c>
+      <c r="S55" s="4" t="inlineStr">
+        <is>
+          <t>http://school28.com.ua</t>
+        </is>
+      </c>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>Директор Богун Петро Михайлович</t>
+          <t>Директор Звоник Віра Іванівна</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №28 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №3 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
-        <v>145613</v>
+        <v>135015</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>МЛ №28 ММР</t>
+          <t>МЛ №3 ММР</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
-          <t>4810136900</t>
+          <t>4810137200</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K56" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чайковського, 30</t>
+          <t>вулиця Чкалова, 114</t>
         </is>
       </c>
       <c r="L56" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010235917</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M56" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>(0512)55-83-42</t>
+          <t>(0512)30-34-54</t>
         </is>
       </c>
       <c r="Q56" s="4"/>
       <c r="R56" s="4" t="inlineStr">
         <is>
-          <t>zvonik28@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school3mk@gmail.com</t>
+        </is>
+      </c>
+      <c r="S56" s="4"/>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t>Директор Звоник Віра Іванівна</t>
+          <t>В.о. директора Зінченко Діна Єгорівна</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №3 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №34 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B57" s="5" t="n">
-        <v>135015</v>
+        <v>139967</v>
       </c>
       <c r="C57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>МЛ №3 ММР</t>
+          <t>МЛ №34 ММР</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G57" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H57" s="6" t="inlineStr">
         <is>
-          <t>4810137200</t>
+          <t>4810136300</t>
         </is>
       </c>
       <c r="I57" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чкалова, 114</t>
+          <t>вулиця Лягіна, 28</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>(0512)30-34-54</t>
+          <t>(0512)47-89-25</t>
         </is>
       </c>
       <c r="Q57" s="4"/>
       <c r="R57" s="4" t="inlineStr">
         <is>
-          <t>school3mk@gmail.com</t>
+          <t>nikschool34@ukr.net</t>
         </is>
       </c>
       <c r="S57" s="4"/>
       <c r="T57" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Зінченко Діна Єгорівна</t>
+          <t>Директор Лесіна Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №34 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №37 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
-        <v>139967</v>
+        <v>134944</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>МЛ №34 ММР</t>
+          <t>МЛ №37 ММР</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
           <t>4810136300</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K58" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лягіна, 28</t>
+          <t>вулиця Пушкінська, 73-А</t>
         </is>
       </c>
       <c r="L58" s="6" t="inlineStr">
         <is>
           <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M58" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>(0512)47-89-25</t>
+          <t>(0512)76-53-50</t>
         </is>
       </c>
       <c r="Q58" s="4"/>
       <c r="R58" s="4" t="inlineStr">
         <is>
-          <t>nikschool34@ukr.net</t>
+          <t>mmvzosh73@ukr.net</t>
         </is>
       </c>
       <c r="S58" s="4"/>
       <c r="T58" s="4" t="inlineStr">
         <is>
-          <t>Директор Лесіна Тетяна Анатоліївна</t>
+          <t>Директор Колесниченко Надія Георгіївна</t>
         </is>
       </c>
       <c r="U58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №37 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №38 "Муніципальний колегіум" імені Володимира Дмитровича Чайки Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
-        <v>134944</v>
+        <v>136750</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>МЛ №37 ММР</t>
+          <t>МЛ №38 ім. В.Д. Чайки ММР</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
-          <t>4810136300</t>
+          <t>4810137200</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пушкінська, 73-А</t>
+          <t>вулиця Котельна, 8</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>(0512)76-53-50</t>
+          <t>(0512)583071, (0512)583074</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
       <c r="R59" s="4" t="inlineStr">
         <is>
-          <t>mmvzosh73@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S59" s="4"/>
+          <t>mmk_38@ukr.net</t>
+        </is>
+      </c>
+      <c r="S59" s="4" t="inlineStr">
+        <is>
+          <t>http://colegium.mk.ua</t>
+        </is>
+      </c>
       <c r="T59" s="4" t="inlineStr">
         <is>
-          <t>Директор Колесниченко Надія Георгіївна</t>
+          <t>Директор Січко Сергій Михайлович</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №38 "Муніципальний колегіум" імені Володимира Дмитровича Чайки Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №40 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
-        <v>136750</v>
+        <v>145710</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>МЛ №38 ім. В.Д. Чайки ММР</t>
+          <t>МЛ №40 ММР</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
-          <t>4810137200</t>
+          <t>4810136600</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K60" s="4" t="inlineStr">
         <is>
-          <t>вулиця Котельна, 8</t>
+          <t>проспект Металургів, 97/1</t>
         </is>
       </c>
       <c r="L60" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010393291</t>
         </is>
       </c>
       <c r="M60" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N60" s="7"/>
       <c r="O60" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P60" s="4" t="inlineStr">
         <is>
-          <t>(0512)583071, (0512)583074</t>
+          <t>(0512)64-62-56</t>
         </is>
       </c>
       <c r="Q60" s="4"/>
       <c r="R60" s="4" t="inlineStr">
         <is>
-          <t>mmk_38@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school40.mykolaiv@gmail.com</t>
+        </is>
+      </c>
+      <c r="S60" s="4"/>
       <c r="T60" s="4" t="inlineStr">
         <is>
-          <t>Директор Січко Сергій Михайлович</t>
+          <t>Директор Сенкевич Вікторія Анатоліївна</t>
         </is>
       </c>
       <c r="U60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №40 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №41 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B61" s="5" t="n">
-        <v>145710</v>
+        <v>134546</v>
       </c>
       <c r="C61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>МЛ №40 ММР</t>
+          <t>МЛ №41 ММР</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
-          <t>4810136600</t>
+          <t>4810136900</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>проспект Металургів, 97/1</t>
+          <t>вулиця Театральна, 41</t>
         </is>
       </c>
       <c r="L61" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010393291</t>
+          <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
-          <t>(0512)64-62-56</t>
+          <t>(0512)22-10-41</t>
         </is>
       </c>
       <c r="Q61" s="4"/>
       <c r="R61" s="4" t="inlineStr">
         <is>
-          <t>school40.mykolaiv@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S61" s="4"/>
+          <t>mgym41@gmail.com</t>
+        </is>
+      </c>
+      <c r="S61" s="4" t="inlineStr">
+        <is>
+          <t>https://www.mg41.mk.ua/</t>
+        </is>
+      </c>
       <c r="T61" s="4" t="inlineStr">
         <is>
-          <t>Директор Сенкевич Вікторія Анатоліївна</t>
+          <t>Директор Масюта Людмила Юріївна</t>
         </is>
       </c>
       <c r="U61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №41 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №42 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
-        <v>134546</v>
+        <v>145660</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>МЛ №41 ММР</t>
+          <t>МЛ №42 ММР</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
           <t>4810136900</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K62" s="4" t="inlineStr">
         <is>
-          <t>вулиця Театральна, 41</t>
+          <t>вулиця Електронна, 73</t>
         </is>
       </c>
       <c r="L62" s="6" t="inlineStr">
         <is>
           <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M62" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N62" s="7"/>
       <c r="O62" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P62" s="4" t="inlineStr">
         <is>
-          <t>(0512)22-10-41</t>
+          <t>(0512)55-50-67</t>
         </is>
       </c>
       <c r="Q62" s="4"/>
       <c r="R62" s="4" t="inlineStr">
         <is>
-          <t>mgym41@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>school42nikolaev@gmail.com</t>
+        </is>
+      </c>
+      <c r="S62" s="4"/>
       <c r="T62" s="4" t="inlineStr">
         <is>
-          <t>Директор Масюта Людмила Юріївна</t>
+          <t>В.о. директора Карпенко Олена Олександрівна</t>
         </is>
       </c>
       <c r="U62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №42 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №51 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B63" s="5" t="n">
-        <v>145660</v>
+        <v>145615</v>
       </c>
       <c r="C63" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>МЛ №42 ММР</t>
+          <t>МЛ №51 ММР</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H63" s="6" t="inlineStr">
         <is>
-          <t>4810136900</t>
+          <t>4810137200</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K63" s="4" t="inlineStr">
         <is>
-          <t>вулиця Електронна, 73</t>
+          <t>провулок Парусний, 3-А</t>
         </is>
       </c>
       <c r="L63" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010235917</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M63" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N63" s="7"/>
       <c r="O63" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P63" s="4" t="inlineStr">
         <is>
-          <t>(0512)55-50-67</t>
+          <t>(0512)42-37-42</t>
         </is>
       </c>
       <c r="Q63" s="4"/>
       <c r="R63" s="4" t="inlineStr">
         <is>
-          <t>school42nikolaev@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S63" s="4"/>
+          <t>school51.mk@gmail.com</t>
+        </is>
+      </c>
+      <c r="S63" s="4" t="inlineStr">
+        <is>
+          <t>http://school51.mk.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="T63" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Карпенко Олена Олександрівна</t>
+          <t>Директор Масюта Євген Іванович</t>
         </is>
       </c>
       <c r="U63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №51 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №53 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B64" s="5" t="n">
-        <v>145615</v>
+        <v>145699</v>
       </c>
       <c r="C64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>МЛ №51 ММР</t>
+          <t>МЛ №53 ММР</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
           <t>4810137200</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>провулок Парусний, 3-А</t>
+          <t>вулиця Потьомкінська, 154</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
           <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(0512)42-37-42</t>
+          <t>(0512)24-41-66</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
-          <t>school51.mk@gmail.com</t>
+          <t>nikschool53@ukr.net</t>
         </is>
       </c>
       <c r="S64" s="4" t="inlineStr">
         <is>
-          <t>http://school51.mk.sch.in.ua/</t>
+          <t>http://school53.mk.ua/</t>
         </is>
       </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>Директор Масюта Євген Іванович</t>
+          <t>В.о. директора Бурматова Ольга Михайлівна</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №53 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №55 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B65" s="5" t="n">
-        <v>145699</v>
+        <v>145524</v>
       </c>
       <c r="C65" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>МЛ №53 ММР</t>
+          <t>МЛ №55 ММР</t>
         </is>
       </c>
       <c r="E65" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H65" s="6" t="inlineStr">
         <is>
-          <t>4810137200</t>
+          <t>4810136300</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
-          <t>вулиця Потьомкінська, 154</t>
+          <t>вулиця Лазурна, 48</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
-          <t>(0512)24-41-66</t>
+          <t>(0512)41-16-44</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
-          <t>nikschool53@ukr.net</t>
+          <t>mkgym4@gmail.com</t>
         </is>
       </c>
       <c r="S65" s="4" t="inlineStr">
         <is>
-          <t>http://school53.mk.ua/</t>
+          <t>http://g4.mk.ua</t>
         </is>
       </c>
       <c r="T65" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бурматова Ольга Михайлівна</t>
+          <t>В.о. директора Васильков Дмитро Юрійович</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №55 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №58 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B66" s="5" t="n">
-        <v>145524</v>
+        <v>145369</v>
       </c>
       <c r="C66" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>МЛ №55 ММР</t>
+          <t>МЛ №58 ММР</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G66" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H66" s="6" t="inlineStr">
         <is>
-          <t>4810136300</t>
+          <t>4810136600</t>
         </is>
       </c>
       <c r="I66" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J66" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K66" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лазурна, 48</t>
+          <t>проспект Корабелів, 12-Г</t>
         </is>
       </c>
       <c r="L66" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA48060150010393291</t>
         </is>
       </c>
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
-          <t>(0512)41-16-44</t>
+          <t>(0512)635367</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
-          <t>mkgym4@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>gimnaziya3@ukr.net</t>
+        </is>
+      </c>
+      <c r="S66" s="4"/>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Васильков Дмитро Юрійович</t>
+          <t>В.о. директора Письменна Марія Федорівна</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №58 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №60 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B67" s="5" t="n">
-        <v>145369</v>
+        <v>137375</v>
       </c>
       <c r="C67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>МЛ №58 ММР</t>
+          <t>МЛ №60 ММР</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H67" s="6" t="inlineStr">
         <is>
-          <t>4810136600</t>
+          <t>4810137200</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
-          <t>проспект Корабелів, 12-Г</t>
+          <t>вулиця Чорноморська, 1а</t>
         </is>
       </c>
       <c r="L67" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010393291</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
-          <t>(0512)635367</t>
+          <t>(0512)48-08-64</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
-          <t>gimnaziya3@ukr.net</t>
+          <t>school60mk@gmail.com</t>
         </is>
       </c>
       <c r="S67" s="4"/>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Письменна Марія Федорівна</t>
+          <t>Директор Боярська Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №60 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №8 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B68" s="5" t="n">
-        <v>137375</v>
+        <v>145698</v>
       </c>
       <c r="C68" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>МЛ №60 ММР</t>
+          <t>МЛ №8 ММР</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H68" s="6" t="inlineStr">
         <is>
-          <t>4810137200</t>
+          <t>4810136900</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чорноморська, 1а</t>
+          <t>проспект Миру, 23-Г</t>
         </is>
       </c>
       <c r="L68" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
-          <t>(0512)48-08-64</t>
+          <t>(0512)44-92-20</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
-          <t>school60mk@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S68" s="4"/>
+          <t>nikurist@gmail.com</t>
+        </is>
+      </c>
+      <c r="S68" s="4" t="inlineStr">
+        <is>
+          <t>http://ur-liceum.com.ua</t>
+        </is>
+      </c>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>Директор Боярська Наталія Олександрівна</t>
+          <t>Директор Борисовець Оксана Вікторівна</t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №8 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей №9 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B69" s="5" t="n">
-        <v>145698</v>
+        <v>135028</v>
       </c>
       <c r="C69" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>МЛ №8 ММР</t>
+          <t>МЛ №9 ММР</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H69" s="6" t="inlineStr">
         <is>
-          <t>4810136900</t>
+          <t>4810137200</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
-          <t>проспект Миру, 23-Г</t>
+          <t>провулок Парусний, 3</t>
         </is>
       </c>
       <c r="L69" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010235917</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M69" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N69" s="7"/>
       <c r="O69" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P69" s="4" t="inlineStr">
         <is>
-          <t>(0512)44-92-20</t>
+          <t>(0512)42-45-11</t>
         </is>
       </c>
       <c r="Q69" s="4"/>
       <c r="R69" s="4" t="inlineStr">
         <is>
-          <t>nikurist@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>licey.classic.mk@gmail.com</t>
+        </is>
+      </c>
+      <c r="S69" s="4"/>
       <c r="T69" s="4" t="inlineStr">
         <is>
-          <t>Директор Борисовець Оксана Вікторівна</t>
+          <t>Директор Вєднікова Олена Павлівна</t>
         </is>
       </c>
       <c r="U69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей №9 Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей імені Миколи Аркаса Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B70" s="5" t="n">
-        <v>135028</v>
+        <v>140126</v>
       </c>
       <c r="C70" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>МЛ №9 ММР</t>
+          <t>МЛ ім. М. Аркаса ММР</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H70" s="6" t="inlineStr">
         <is>
           <t>4810137200</t>
         </is>
       </c>
       <c r="I70" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
-          <t>провулок Парусний, 3</t>
+          <t>вулиця Нікольська, 34</t>
         </is>
       </c>
       <c r="L70" s="6" t="inlineStr">
         <is>
           <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
-          <t>(0512)42-45-11</t>
+          <t>(0512)378606</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
         <is>
-          <t>licey.classic.mk@gmail.com</t>
+          <t>arkasgymn1@ukr.net</t>
         </is>
       </c>
       <c r="S70" s="4"/>
       <c r="T70" s="4" t="inlineStr">
         <is>
-          <t>Директор Вєднікова Олена Павлівна</t>
+          <t>В.о. директора Патлата Любов Василівна</t>
         </is>
       </c>
       <c r="U70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей імені Миколи Аркаса Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей імені Олега Ольжича Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B71" s="5" t="n">
-        <v>140126</v>
+        <v>134946</v>
       </c>
       <c r="C71" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>МЛ ім. М. Аркаса ММР</t>
+          <t>МЛ ім. О.Ольжича ММР</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H71" s="6" t="inlineStr">
         <is>
-          <t>4810137200</t>
+          <t>4810136600</t>
         </is>
       </c>
       <c r="I71" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J71" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
-          <t>вулиця Нікольська, 34</t>
+          <t>вулиця Айвазовського, 8</t>
         </is>
       </c>
       <c r="L71" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010443183</t>
+          <t>UA48060150010393291</t>
         </is>
       </c>
       <c r="M71" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
-          <t>(0512)378606</t>
+          <t>(0512)63-45-54, (0512)63-45-57</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
-          <t>arkasgymn1@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S71" s="4"/>
+          <t>olzhich1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S71" s="4" t="inlineStr">
+        <is>
+          <t>http://mzoch1-olzhich.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Патлата Любов Василівна</t>
+          <t>В.о. директора Гурко Олексій Сергійович</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей імені Олега Ольжича Миколаївської міської ради Миколаївської області</t>
+          <t>Миколаївський ліцей імені професора М.Александрова Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B72" s="5" t="n">
-        <v>134946</v>
+        <v>137371</v>
       </c>
       <c r="C72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>МЛ ім. О.Ольжича ММР</t>
+          <t>МЛ ім. М. Александрова ММР</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H72" s="6" t="inlineStr">
         <is>
-          <t>4810136600</t>
+          <t>4810136300</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
-          <t>вулиця Айвазовського, 8</t>
+          <t>вулиця Даля, 11-А</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010393291</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
-          <t>(0512)63-45-54, (0512)63-45-57</t>
+          <t>(0512)47-47-80</t>
         </is>
       </c>
       <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
-          <t>olzhich1@ukr.net</t>
+          <t>morskoylizey@gmail.com</t>
         </is>
       </c>
       <c r="S72" s="4" t="inlineStr">
         <is>
-          <t>http://mzoch1-olzhich.ucoz.ua</t>
+          <t>http://ml-nikolaev.at.ua</t>
         </is>
       </c>
       <c r="T72" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гурко Олексій Сергійович</t>
+          <t>Директор Геллер Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>Миколаївський ліцей імені професора М.Александрова Миколаївської міської ради Миколаївської області</t>
+          <t>Навчально-виховний комплекс "Дошкільний навчальний заклад-загальноосвітній навчальний заклад І ступеня" №1 Семиквіточка"</t>
         </is>
       </c>
       <c r="B73" s="5" t="n">
-        <v>137371</v>
+        <v>148240</v>
       </c>
       <c r="C73" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>МЛ ім. М. Александрова ММР</t>
+          <t>НВК №1"Семиквіточка"</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G73" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H73" s="6" t="inlineStr">
         <is>
-          <t>4810136300</t>
+          <t>4810136900</t>
         </is>
       </c>
       <c r="I73" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J73" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
-          <t>вулиця Даля, 11-А</t>
+          <t>вулиця 28 Армії, 6, 7</t>
         </is>
       </c>
       <c r="L73" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA48060150010235917</t>
         </is>
       </c>
       <c r="M73" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N73" s="7"/>
       <c r="O73" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P73" s="4" t="inlineStr">
         <is>
-          <t>(0512)47-47-80</t>
+          <t>(0512)221244</t>
         </is>
       </c>
       <c r="Q73" s="4"/>
       <c r="R73" s="4" t="inlineStr">
         <is>
-          <t>morskoylizey@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>semikvitochka@ukr.net</t>
+        </is>
+      </c>
+      <c r="S73" s="4"/>
       <c r="T73" s="4" t="inlineStr">
         <is>
-          <t>Директор Геллер Тетяна Володимирівна</t>
+          <t>Директор Шелегіна Ольга Дмитрівна</t>
         </is>
       </c>
       <c r="U73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>Навчально-виховний комплекс "Дошкільний навчальний заклад-загальноосвітній навчальний заклад І ступеня" №1 Семиквіточка"</t>
+          <t>Початкова школа №1 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B74" s="5" t="n">
-        <v>148240</v>
+        <v>176573</v>
       </c>
       <c r="C74" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>НВК №1"Семиквіточка"</t>
+          <t>ПШ №1 ММР</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G74" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H74" s="6" t="inlineStr">
         <is>
-          <t>4810136900</t>
+          <t>4810100000</t>
         </is>
       </c>
       <c r="I74" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J74" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K74" s="4" t="inlineStr">
         <is>
-          <t>вулиця 28 Армії, 6, 7</t>
+          <t>вулиця Чайковського, 10 корпус А</t>
         </is>
       </c>
       <c r="L74" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010235917</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M74" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N74" s="7"/>
       <c r="O74" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P74" s="4" t="inlineStr">
         <is>
-          <t>(0512)221244</t>
+          <t>(0512)407890</t>
         </is>
       </c>
       <c r="Q74" s="4"/>
       <c r="R74" s="4" t="inlineStr">
         <is>
-          <t>semikvitochka@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S74" s="4"/>
+          <t>poch-school1@ukr.net</t>
+        </is>
+      </c>
+      <c r="S74" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/nik.ukr.education/mzpo1/</t>
+        </is>
+      </c>
       <c r="T74" s="4" t="inlineStr">
         <is>
-          <t>Директор Шелегіна Ольга Дмитрівна</t>
+          <t>В.о. директора Яремчук Людмила Федорівна</t>
         </is>
       </c>
       <c r="U74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа №1 Миколаївської міської ради Миколаївської області</t>
+          <t>Початкова школа №21 Миколаївської міської ради Миколаївської області</t>
         </is>
       </c>
       <c r="B75" s="5" t="n">
-        <v>176573</v>
+        <v>134545</v>
       </c>
       <c r="C75" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>ПШ №1 ММР</t>
+          <t>ПШ №21 ММР</t>
         </is>
       </c>
       <c r="E75" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G75" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H75" s="6" t="inlineStr">
         <is>
-          <t>4810100000</t>
+          <t>4810136300</t>
         </is>
       </c>
       <c r="I75" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J75" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K75" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чайковського, 10 корпус А</t>
+          <t>вулиця Молдавська, 7</t>
         </is>
       </c>
       <c r="L75" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010139573</t>
         </is>
       </c>
       <c r="M75" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N75" s="7"/>
       <c r="O75" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P75" s="4" t="inlineStr">
         <is>
-          <t>(0512)407890</t>
+          <t>(0512)51-82-57</t>
         </is>
       </c>
       <c r="Q75" s="4"/>
       <c r="R75" s="4" t="inlineStr">
         <is>
-          <t>poch-school1@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>shckola21.bolotskaya@ukr.net</t>
+        </is>
+      </c>
+      <c r="S75" s="4"/>
       <c r="T75" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Яремчук Людмила Федорівна</t>
+          <t>Директор Рень Антоніна Василівна</t>
         </is>
       </c>
       <c r="U75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа №21 Миколаївської міської ради Миколаївської області</t>
+          <t>Приватна організація (установа, заклад) "Миколаївський приватний ліцей "ГІПАНІС-ЕОС" Миколаївської області"</t>
         </is>
       </c>
       <c r="B76" s="5" t="n">
-        <v>134545</v>
+        <v>144068</v>
       </c>
       <c r="C76" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>ПШ №21 ММР</t>
+          <t>МИКОЛАЇВСЬКИЙ ЛІЦЕЙ "ГІПАНІС-ЕОС"</t>
         </is>
       </c>
       <c r="E76" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G76" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H76" s="6" t="inlineStr">
         <is>
-          <t>4810136300</t>
+          <t>4810100000</t>
         </is>
       </c>
       <c r="I76" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J76" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K76" s="4" t="inlineStr">
         <is>
-          <t>вулиця Молдавська, 7</t>
+          <t>вулиця Котельна, 2</t>
         </is>
       </c>
       <c r="L76" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010139573</t>
+          <t>UA48060150010035747</t>
         </is>
       </c>
       <c r="M76" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N76" s="7"/>
       <c r="O76" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P76" s="4" t="inlineStr">
         <is>
-          <t>(0512)51-82-57</t>
+          <t>(063)4261311</t>
         </is>
       </c>
       <c r="Q76" s="4"/>
       <c r="R76" s="4" t="inlineStr">
         <is>
-          <t>shckola21.bolotskaya@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S76" s="4"/>
+          <t>gipaniseos@ukr.net</t>
+        </is>
+      </c>
+      <c r="S76" s="4" t="inlineStr">
+        <is>
+          <t>gipanis_eos.com.ua</t>
+        </is>
+      </c>
       <c r="T76" s="4" t="inlineStr">
         <is>
-          <t>Директор Рень Антоніна Василівна</t>
+          <t> Бужикова Раїса Іванівна</t>
         </is>
       </c>
       <c r="U76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="4" t="inlineStr">
         <is>
-          <t>Приватна організація (установа, заклад) "Миколаївський приватний ліцей "ГІПАНІС-ЕОС" Миколаївської області"</t>
+          <t>ПРИВАТНИЙ ЛІЦЕЙ "ОР МЕНАХЕМ" МИКОЛАЇВСЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
       <c r="B77" s="5" t="n">
-        <v>144068</v>
+        <v>144069</v>
       </c>
       <c r="C77" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>МИКОЛАЇВСЬКИЙ ЛІЦЕЙ "ГІПАНІС-ЕОС"</t>
+          <t>ЛІЦЕЙ "ОР МЕНАХЕМ"</t>
         </is>
       </c>
       <c r="E77" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G77" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H77" s="6" t="inlineStr">
         <is>
-          <t>4810100000</t>
+          <t>4810137200</t>
         </is>
       </c>
       <c r="I77" s="4" t="inlineStr">
         <is>
           <t>Миколаївська область</t>
         </is>
       </c>
       <c r="J77" s="4" t="inlineStr">
         <is>
           <t>Миколаїв, Миколаївська область</t>
         </is>
       </c>
       <c r="K77" s="4" t="inlineStr">
         <is>
-          <t>вулиця Котельна, 2</t>
+          <t>вулиця Бедзая Ігоря, 110/1</t>
         </is>
       </c>
       <c r="L77" s="6" t="inlineStr">
         <is>
-          <t>UA48060150010035747</t>
+          <t>UA48060150010443183</t>
         </is>
       </c>
       <c r="M77" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N77" s="7"/>
       <c r="O77" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P77" s="4" t="inlineStr">
         <is>
-          <t>(063)4261311</t>
+          <t>(063)5899500</t>
         </is>
       </c>
       <c r="Q77" s="4"/>
       <c r="R77" s="4" t="inlineStr">
         <is>
-          <t>gipaniseos@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>ormenahem.n@gmail.com</t>
+        </is>
+      </c>
+      <c r="S77" s="4"/>
       <c r="T77" s="4" t="inlineStr">
         <is>
-          <t> Бужикова Раїса Іванівна</t>
+          <t>Директор Павліщева Катерина Олегівна</t>
         </is>
       </c>
       <c r="U77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y77" s="5"/>
     </row>
   </sheetData>