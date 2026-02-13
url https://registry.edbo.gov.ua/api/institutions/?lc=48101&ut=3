--- v1 (2025-12-10)
+++ v2 (2026-02-13)
@@ -1445,51 +1445,51 @@
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(0512)446610</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
           <t>school11nik@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4"/>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Горобець Олександр Вікторович</t>
+          <t>Директор Шутяк Матвій Іванович</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
@@ -1554,51 +1554,51 @@
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
           <t>(0512)30-10-31</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>nikolaevschkola12@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Карпенко Катерина Олександрівна</t>
+          <t>Директор Карпенко Катерина Олександрівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
@@ -1663,51 +1663,51 @@
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(0512)47-38-39</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>panasonok13@gmail.com</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Полосков Микола Анатолійович</t>
+          <t>Директор Полосков Микола Анатолійович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
@@ -2979,51 +2979,51 @@
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(0512)64-59-53</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
           <t>school.29nik@gmail.com</t>
         </is>
       </c>
       <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Грицюк Лариса Анатоліївна</t>
+          <t>Директор Грицюк Лариса Анатоліївна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
@@ -3092,51 +3092,51 @@
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(0512)443920</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
           <t>mykolaiv.school30@gmail.com</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
           <t>http://mkschool30.at.ua</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Драбинюк Надія Петрівна</t>
+          <t>Директор Капустенко Олена Арсенівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
@@ -3201,51 +3201,51 @@
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(0512)30-29-78</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
           <t>nikzzso31@gmail.com</t>
         </is>
       </c>
       <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Анциферова Лариса Вікторівна</t>
+          <t>Директор Приходченко Володимир Юрійович</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
@@ -3645,51 +3645,51 @@
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
           <t>(0512)70-94-18</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
           <t>schkola36@ukr.net</t>
         </is>
       </c>
       <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гриньків Наталія Михайлівна</t>
+          <t>Директор Гриньків Наталія Михайлівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
@@ -4202,51 +4202,51 @@
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
           <t>(0512)444267</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
           <t>school45nik@gmail.com</t>
         </is>
       </c>
       <c r="S36" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/school45.net/mg45</t>
         </is>
       </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Целищев Олексій Сергійович</t>
+          <t>Директор Шаповал Юрій Ігорович</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
@@ -4537,51 +4537,51 @@
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
           <t>(0512)640284</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
       <c r="R39" s="4" t="inlineStr">
         <is>
           <t>school48mk@gmail.com</t>
         </is>
       </c>
       <c r="S39" s="4" t="inlineStr">
         <is>
           <t>http://zosh48mk.at.ua/</t>
         </is>
       </c>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Казаковцева Оксана Миколаївна</t>
+          <t>В.о. директора Синєбрюхова Вікторія Вікторівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
@@ -4646,51 +4646,51 @@
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
           <t>(0512)64-85-72</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
           <t>gimnazia50nik@gmail.com</t>
         </is>
       </c>
       <c r="S40" s="4"/>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Дячук Валентина Іванівна</t>
+          <t>Директор Дячук Валентина Іванівна</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
@@ -4973,51 +4973,51 @@
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
           <t>(0512)55-46-23</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
           <t>school56-2015@ukr.net</t>
         </is>
       </c>
       <c r="S43" s="4"/>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Мазур Ольга Миколаївна</t>
+          <t>Директор Шутяк Анастасія Олегівна</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
@@ -5086,51 +5086,51 @@
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
           <t>(0512)41-33-44</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
           <t>school57nik@ukr.net</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
           <t>https://school57nik.ucoz.com/</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Малахов Андрій Анатолійович</t>
+          <t>Директор Малахов Андрій Анатолійович</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
@@ -6418,51 +6418,51 @@
       <c r="M56" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
           <t>(0512)30-34-54</t>
         </is>
       </c>
       <c r="Q56" s="4"/>
       <c r="R56" s="4" t="inlineStr">
         <is>
           <t>school3mk@gmail.com</t>
         </is>
       </c>
       <c r="S56" s="4"/>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Зінченко Діна Єгорівна</t>
+          <t>Директор Казаковцева Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
@@ -7080,51 +7080,51 @@
       <c r="M62" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N62" s="7"/>
       <c r="O62" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P62" s="4" t="inlineStr">
         <is>
           <t>(0512)55-50-67</t>
         </is>
       </c>
       <c r="Q62" s="4"/>
       <c r="R62" s="4" t="inlineStr">
         <is>
           <t>school42nikolaev@gmail.com</t>
         </is>
       </c>
       <c r="S62" s="4"/>
       <c r="T62" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Карпенко Олена Олександрівна</t>
+          <t>Директор Карпенко Олена Олександрівна</t>
         </is>
       </c>
       <c r="U62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
@@ -7306,51 +7306,51 @@
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
           <t>(0512)24-41-66</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
           <t>nikschool53@ukr.net</t>
         </is>
       </c>
       <c r="S64" s="4" t="inlineStr">
         <is>
           <t>http://school53.mk.ua/</t>
         </is>
       </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Бурматова Ольга Михайлівна</t>
+          <t>Директор Бурматова Ольга Михайлівна</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
@@ -7419,51 +7419,51 @@
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
           <t>(0512)41-16-44</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
           <t>mkgym4@gmail.com</t>
         </is>
       </c>
       <c r="S65" s="4" t="inlineStr">
         <is>
           <t>http://g4.mk.ua</t>
         </is>
       </c>
       <c r="T65" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Васильков Дмитро Юрійович</t>
+          <t>Директор Васильков Дмитро Юрійович</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
@@ -7528,51 +7528,51 @@
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
           <t>(0512)635367</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
           <t>gimnaziya3@ukr.net</t>
         </is>
       </c>
       <c r="S66" s="4"/>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Письменна Марія Федорівна</t>
+          <t>Директор Колесніченко Наталія Федорівна</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
@@ -7968,51 +7968,51 @@
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>Миколаївська обл., м. Миколаїв</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
           <t>(0512)378606</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
         <is>
           <t>arkasgymn1@ukr.net</t>
         </is>
       </c>
       <c r="S70" s="4"/>
       <c r="T70" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Патлата Любов Василівна</t>
+          <t>Директор Патлата Любов Василівна</t>
         </is>
       </c>
       <c r="U70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
@@ -8081,51 +8081,51 @@
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Миколаївської міської ради</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
           <t>(0512)63-45-54, (0512)63-45-57</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
           <t>olzhich1@ukr.net</t>
         </is>
       </c>
       <c r="S71" s="4" t="inlineStr">
         <is>
           <t>http://mzoch1-olzhich.ucoz.ua</t>
         </is>
       </c>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гурко Олексій Сергійович</t>
+          <t>Директор Гурко Олексій Сергійович</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">