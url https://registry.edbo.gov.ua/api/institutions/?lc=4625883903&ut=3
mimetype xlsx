--- v0 (2025-10-13)
+++ v1 (2026-01-11)
@@ -394,51 +394,51 @@
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46140110210040551</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Яворівський р-н, с. Грушів</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Яворівської міської ради Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(096)7728065</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
-          <t>smolynnat@gmail.com</t>
+          <t>grushiv.school@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>qrushivschool.аt.uа</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Смолин Наталія Степанівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>