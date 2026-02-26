--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -399,51 +399,51 @@
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Яворівський р-н, с. Вороців</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти, культури, молоді та спорту Івано-Франківської селищної ради</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
           <t>(067)49-61-811</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>nvkschoolvorotsiv@gmail.com</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
-          <t>http://vorotsiv-nvk.edukit.lviv.ua/</t>
+          <t>https://vorotsiv.com/</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Лозинська Надія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>