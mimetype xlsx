--- v0 (2025-10-13)
+++ v1 (2026-01-11)
@@ -388,51 +388,51 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Д. Галицького, 42</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA46140110120034423</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Яворівський р-н, с. Віжомля</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Яворівської міської ради Львівської області</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(032)5960410</t>
+          <t>(096)24-27-213</t>
         </is>
       </c>
       <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>VizhomlyaSW@i.ua</t>
         </is>
       </c>
       <c r="S2" s="4" t="inlineStr">
         <is>
           <t>vizhomlyanvz.home.blog</t>
         </is>
       </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Сподарко Руслан Миколайович</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>