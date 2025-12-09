--- v0 (2025-10-13)
+++ v1 (2025-12-09)
@@ -503,51 +503,51 @@
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA46140110020048621</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Яворівський р-н, с-ще Краковець</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Яворівської міської ради Львівської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(032)5926189</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
-          <t>shkolakrakovets@i.ua</t>
+          <t>krakovecshkola@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>krakoveckascool.blogspot.com/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Кропивницький Мирослав Степанович</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>