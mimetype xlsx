--- v0 (2025-10-13)
+++ v1 (2026-02-26)
@@ -472,72 +472,72 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>4625810100</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>Львівська область</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Яворів, Яворівський район, Львівська область</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
-          <t>вулиця Львівська, 16</t>
+          <t>вулиця Львівська, 14</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA46140110010091191</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Яворівський р-н, м. Яворів</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Яворівської міської ради Львівської області</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(032)5922453</t>
+          <t>(067)56-06-002</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>school2yav@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>yavoriv-n2.blogspot.com/</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
           <t>Директор Бамбурова Оксана Остапівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
@@ -606,57 +606,57 @@
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>вулиця Святоюрська, 28</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA46140110010091191</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>Львівська обл., Яворівський р-н, м. Яворів</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Відділ освіти Яворівської міської ради Львівської області</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(032)5921951</t>
+          <t>(067)76-74-501</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>sc3.yv.lvr@gmail.com</t>
+          <t>sc3.yv.lvr@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>https://sites.google.com/site/yavorivsc3/</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Вдовенко Наталія Іванівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>